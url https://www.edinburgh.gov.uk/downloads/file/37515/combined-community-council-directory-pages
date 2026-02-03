--- v0 (2025-10-23)
+++ v1 (2026-02-03)
@@ -1,66 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Corp\Governance\Community Councils\Membership &amp; Communication\Directory Download from JADU\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Corp\Governance\Community Councils\Combined Office Bearer Distribution List from Jadu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2A2D6B48-F676-4976-ACB2-DDA39013D1CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{331CBC02-84AE-41E9-AD98-E4B4F45D8B94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11620" xr2:uid="{40909D2F-4721-4AFA-90AB-B6CFAFFA9FC8}"/>
+    <workbookView xWindow="-13155" yWindow="-21720" windowWidth="38640" windowHeight="21120" xr2:uid="{40909D2F-4721-4AFA-90AB-B6CFAFFA9FC8}"/>
   </bookViews>
   <sheets>
-    <sheet name="06.10.25" sheetId="2" r:id="rId1"/>
+    <sheet name="26.01.26" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="345" uniqueCount="309">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="314">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Chairperson</t>
   </si>
   <si>
     <t>Chair email</t>
   </si>
   <si>
     <t>Secretary</t>
   </si>
   <si>
     <t>Secretary email</t>
   </si>
   <si>
     <t>Treasurer</t>
   </si>
   <si>
     <t>Treasurer email</t>
   </si>
   <si>
     <t>Engagement and Inclusion Office Bearer</t>
   </si>
   <si>
@@ -267,53 +268,50 @@
   <si>
     <t>gorgiedalrycommunitycouncil@gmail.com</t>
   </si>
   <si>
     <t>Christopher Macgowan</t>
   </si>
   <si>
     <t>Grant Lidster</t>
   </si>
   <si>
     <t>Grange / Prestonfield</t>
   </si>
   <si>
     <t>Kenneth Robertson</t>
   </si>
   <si>
     <t>secretary@grangeprestonfieldcc.org.uk</t>
   </si>
   <si>
     <t>Andreas Grothey</t>
   </si>
   <si>
     <t>Cori Schwabe</t>
   </si>
   <si>
-    <t>corischwabe@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Granton and District</t>
   </si>
   <si>
     <t>Fred Marinello</t>
   </si>
   <si>
     <t>George Gordon</t>
   </si>
   <si>
     <t>Lorna Forsyth</t>
   </si>
   <si>
     <t>Ida Maspero</t>
   </si>
   <si>
     <t>Hutchison / Chesser</t>
   </si>
   <si>
     <t>John Walker</t>
   </si>
   <si>
     <t>chair@junipergreencc.org.uk</t>
   </si>
   <si>
     <t>Russell Salton</t>
@@ -795,80 +793,71 @@
   <si>
     <t>John Michael Grant</t>
   </si>
   <si>
     <t>mikeg40@yahoo.com</t>
   </si>
   <si>
     <t>Kern Hutson</t>
   </si>
   <si>
     <t>angelrocks43@hotmail.com</t>
   </si>
   <si>
     <t>Corstorphine and Clermiston</t>
   </si>
   <si>
     <t>Donald Rutherford</t>
   </si>
   <si>
     <t>David Lowe</t>
   </si>
   <si>
     <t>Kirsty Pattison</t>
   </si>
   <si>
-    <t>edinburghotcc@outlook.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Paul Penman</t>
   </si>
   <si>
     <t>tcc-comms@outlook.com</t>
   </si>
   <si>
-    <t>Pending</t>
-[...1 lines deleted...]
-  <si>
     <t>mgti_wilson@hotmail.co.uk</t>
   </si>
   <si>
     <t>Philip Pinsky</t>
   </si>
   <si>
     <t>treasurer@sccedinburgh.org.uk</t>
   </si>
   <si>
     <t>Marie Macarthur</t>
   </si>
   <si>
     <t xml:space="preserve">Carolynn Reddell </t>
   </si>
   <si>
-    <t xml:space="preserve"> edinburghotcc@outlook.com</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Sugan Subbiah </t>
   </si>
   <si>
     <t>penmanscore@yahoo.co.uk</t>
   </si>
   <si>
     <t>Chris Alcorn</t>
   </si>
   <si>
     <t>engagement@northfieldandwillowbrae.org.uk</t>
   </si>
   <si>
     <t>Susan MacInnes</t>
   </si>
   <si>
     <t>Fiona Banatvala / Shaun Hodge</t>
   </si>
   <si>
     <t>marchmontsciennes.commcouncil@googlemail.com</t>
   </si>
   <si>
     <t>Douglas Rogers</t>
   </si>
   <si>
     <t>pagsk2017@gmail.com</t>
@@ -909,84 +898,111 @@
   <si>
     <t>Asia Auriemma</t>
   </si>
   <si>
     <t>Susan Gill</t>
   </si>
   <si>
     <t>jaloudon@gmail.com</t>
   </si>
   <si>
     <t>Lauren Kennelly </t>
   </si>
   <si>
     <t>Alex Mckendrick</t>
   </si>
   <si>
     <t>merchistoncc@gmail.com</t>
   </si>
   <si>
     <t>treasurer@merchistoncc.org.uk</t>
   </si>
   <si>
     <t>merchistoneandi@gmail.com</t>
   </si>
   <si>
-    <t>Bill Krol</t>
-[...1 lines deleted...]
-  <si>
     <t>treasurer@grangeprestonfieldcc.org.uk</t>
   </si>
   <si>
     <t>Ken Robertson </t>
   </si>
   <si>
     <t>secretary@edinburghcommunitycouncils.org.uk</t>
   </si>
   <si>
     <t>craigentinnymeadowbankcc@gmail.com</t>
   </si>
   <si>
     <t>chair@tollcrosscc.org.uk</t>
   </si>
   <si>
     <t>treasurer@tollcrosscc.org.uk</t>
   </si>
   <si>
     <t>Liz Summerfield</t>
   </si>
   <si>
     <t>community@tollcross.org.uk</t>
   </si>
   <si>
     <t>John Corbett (interim Treasurer)</t>
   </si>
   <si>
     <t>Nick Stewart</t>
   </si>
   <si>
-    <t>Last updated - 6 October 2025</t>
+    <t xml:space="preserve">longstonecommunitycouncil@gmail.com </t>
+  </si>
+  <si>
+    <t>chairLCC@virginmedia.com</t>
+  </si>
+  <si>
+    <t>chair@cc-cc.org.uk</t>
+  </si>
+  <si>
+    <t>Gary Smith</t>
+  </si>
+  <si>
+    <t>secretary@cc-cc.org.uk</t>
+  </si>
+  <si>
+    <t>treasurer@cc-cc.org.uk</t>
+  </si>
+  <si>
+    <t>gpccengagement@gmail.com</t>
+  </si>
+  <si>
+    <t>memberlldc@gmail.com</t>
+  </si>
+  <si>
+    <t>Wendy Irvine</t>
+  </si>
+  <si>
+    <t>Last updated - 26 January 2026</t>
+  </si>
+  <si>
+    <t>hello@eotcc.org.uk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -1895,83 +1911,83 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@tollcrosscc.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merchistoneandi@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chair@tollcrosscc.org.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@merchistoncc.org.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merchistoncc@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:craigentinnymeadowbankcc@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretary@edinburghcommunitycouncils.org.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@grangeprestonfieldcc.org.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:community@tollcross.org.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@tollcrosscc.org.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretary@cc-cc.org.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hello@eotcc.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merchistoneandi@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chair@tollcrosscc.org.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chair@cc-cc.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hello@eotcc.org.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@merchistoncc.org.uk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hello@eotcc.org.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merchistoncc@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:craigentinnymeadowbankcc@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chairLCC@virginmedia.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretary@edinburghcommunitycouncils.org.uk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gpccengagement@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:longstonecommunitycouncil@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@grangeprestonfieldcc.org.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:community@tollcross.org.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chair@cc-cc.org.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DA124F4-DBF3-4628-AA09-9B0BA305E575}">
   <dimension ref="A1:AF50"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="D50" sqref="D50"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="36" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="46.90625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="42.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="37.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="35.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="40.6328125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="45.08984375" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="42.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="31.08984375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="18" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" s="8" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
@@ -1992,795 +2008,803 @@
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:32" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G4" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="I4" s="1" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="5" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="6" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A6" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I7" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
     </row>
     <row r="8" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A8" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="E8" s="1" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A9" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="E9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F9" s="1" t="s">
+      <c r="G9" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="G9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="10" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A10" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
     </row>
     <row r="11" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="F11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="F12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="H12" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="H12" s="1" t="s">
+      <c r="I12" s="1" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="13" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="E13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="F13" s="1" t="s">
+      <c r="G13" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="H13" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="H13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I13" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="14" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A14" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>266</v>
-      </c>
-[...19 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="15" spans="1:32" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A16" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="E16" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="1" t="s">
+      <c r="F16" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H16" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="F16" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I16" s="1" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A17" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="E17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="F17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="H17" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E18" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="1" t="s">
+      <c r="F18" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="F18" s="1" t="s">
+      <c r="G18" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="H18" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A19" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="F19" s="1" t="s">
+      <c r="G19" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="G19" s="1" t="s">
+      <c r="H19" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="H19" s="1" t="s">
+      <c r="I19" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:9" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="E21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="G21" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H21" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="G21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I21" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A22" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="F22" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="H22" s="1" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A23" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="E23" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="E23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="G23" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="G23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="1" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="F24" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="F24" s="1" t="s">
+      <c r="G24" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="H24" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="H24" s="1" t="s">
+      <c r="I24" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...3 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="G25" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="G25" s="1" t="s">
+      <c r="H25" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="H25" s="1" t="s">
+      <c r="I25" s="1" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="E26" s="1" t="s">
+      <c r="F26" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="F26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="F27" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="F27" s="1" t="s">
+      <c r="G27" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="H27" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="H27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="1" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E28" s="1" t="s">
+      <c r="F28" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="F28" s="1" t="s">
+      <c r="G28" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="G28" s="1" t="s">
+      <c r="H28" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="H28" s="1" t="s">
+      <c r="I28" s="1" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="E29" s="1" t="s">
+      <c r="F29" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="F29" s="1" t="s">
+      <c r="G29" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="G29" s="1" t="s">
+      <c r="H29" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="30" spans="1:9" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>80</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>81</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>82</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>83</v>
+        <v>309</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="1" t="s">
+      <c r="E32" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="E32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="1" t="s">
+      <c r="G32" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H32" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="G32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I32" s="1" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A33" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>75</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>77</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>67</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>68</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>69</v>
       </c>
       <c r="I35" s="1" t="s">
@@ -2798,62 +2822,62 @@
       </c>
       <c r="B37" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>59</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>62</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="38" spans="1:9" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A40" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D40" s="1" t="s">
@@ -2863,202 +2887,208 @@
         <v>51</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:9" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A42" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>38</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="I42" s="3" t="s">
+      <c r="I42" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A43" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A44" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>35</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A45" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="E45" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="E45" s="1" t="s">
+      <c r="F45" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="F45" s="1" t="s">
+      <c r="G45" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="G45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H45" s="1" t="s">
+      <c r="I45" s="1" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A46" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
-        <v>262</v>
+        <v>308</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>262</v>
+        <v>305</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A47" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="E47" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="E47" s="1" t="s">
+      <c r="F47" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="F47" s="1" t="s">
+      <c r="G47" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="G47" s="1" t="s">
+      <c r="H47" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="H47" s="1" t="s">
+      <c r="I47" s="1" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A48" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H48" s="1" t="s">
@@ -3074,97 +3104,107 @@
       </c>
       <c r="B49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A50" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B50" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:XFD1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E21" r:id="rId1" display="mailto:merchistoncc@gmail.com" xr:uid="{DBB60038-2E13-45C6-80E6-9EAED30BE1EF}"/>
     <hyperlink ref="G21" r:id="rId2" display="mailto:treasurer@merchistoncc.org.uk" xr:uid="{91CA1037-81A3-4121-A2D8-EBA168DE05A5}"/>
     <hyperlink ref="I21" r:id="rId3" display="mailto:merchistoneandi@gmail.com" xr:uid="{C9A201FA-7EAF-4806-9354-2FFF89334F2B}"/>
     <hyperlink ref="G31" r:id="rId4" tooltip="mailto:treasurer@grangeprestonfieldcc.org.uk" display="mailto:treasurer@grangeprestonfieldcc.org.uk" xr:uid="{2952E41B-FFBD-4FD3-9251-33EA86842BBF}"/>
     <hyperlink ref="E50" r:id="rId5" tooltip="mailto:secretary@edinburghcommunitycouncils.org.uk" display="mailto:secretary@edinburghcommunitycouncils.org.uk" xr:uid="{B06CEF8B-FEC4-435D-B597-D153CFD1CDA8}"/>
     <hyperlink ref="E43" r:id="rId6" display="mailto:craigentinnymeadowbankcc@gmail.com" xr:uid="{0CE56843-E3FE-445D-9DE3-75D87F13810D}"/>
     <hyperlink ref="C6" r:id="rId7" display="mailto:chair@tollcrosscc.org.uk" xr:uid="{46DDC7C8-4F6E-40E9-838D-08B40C0FCC41}"/>
     <hyperlink ref="G6" r:id="rId8" display="mailto:treasurer@tollcrosscc.org.uk" xr:uid="{C0B30A95-56CE-427D-806D-0A214DADE933}"/>
     <hyperlink ref="I6" r:id="rId9" display="mailto:community@tollcross.org.uk" xr:uid="{1BD2495D-52AC-473E-89A2-72CC332C13F1}"/>
+    <hyperlink ref="E22" r:id="rId10" tooltip="mailto:longstonecommunitycouncil@gmail.com" display="mailto:longstonecommunitycouncil@gmail.com" xr:uid="{1CBD23EF-099C-4A6F-B300-5820AB13D571}"/>
+    <hyperlink ref="C22" r:id="rId11" tooltip="mailto:chairLCC@virginmedia.com" display="mailto:chairLCC@virginmedia.com" xr:uid="{BB1EEA1A-45FA-4BFF-900C-9A228919476C}"/>
+    <hyperlink ref="C46" r:id="rId12" display="mailto:chair@cc-cc.org.uk" xr:uid="{5DA5C667-7D5A-4CB9-83FF-0E97BDC0E26B}"/>
+    <hyperlink ref="E46" r:id="rId13" display="mailto:secretary@cc-cc.org.uk" xr:uid="{F58124DC-1EAD-45B9-A53F-3D8A6D6E5AD6}"/>
+    <hyperlink ref="I46" r:id="rId14" display="mailto:chair@cc-cc.org.uk" xr:uid="{02002C81-A006-4CCB-AF88-1AF595BB5513}"/>
+    <hyperlink ref="I31" r:id="rId15" tooltip="mailto:gpccengagement@gmail.com" display="mailto:gpccengagement@gmail.com" xr:uid="{519F67EB-2EB0-4C54-A5D5-E86BFBF6C141}"/>
+    <hyperlink ref="C14" r:id="rId16" tooltip="mailto:hello@eotcc.org.uk" display="mailto:hello@eotcc.org.uk" xr:uid="{77D78F3F-38D0-46BE-B6D0-A4700CDD30B0}"/>
+    <hyperlink ref="E14" r:id="rId17" tooltip="mailto:hello@eotcc.org.uk" display="mailto:hello@eotcc.org.uk" xr:uid="{0A02DEDA-6CE4-4B08-A6F4-C465589D0239}"/>
+    <hyperlink ref="G14" r:id="rId18" tooltip="mailto:hello@eotcc.org.uk" display="mailto:hello@eotcc.org.uk" xr:uid="{6936E497-2E3C-416B-B8EC-6EEB1DA2CBBD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId19"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>06.10.25</vt:lpstr>
+      <vt:lpstr>26.01.26</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Martin Scott</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>