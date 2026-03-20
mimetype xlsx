--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Corp\Governance\Community Councils\Combined Office Bearer Distribution List from Jadu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{331CBC02-84AE-41E9-AD98-E4B4F45D8B94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{243C51B6-9462-4459-9AFC-F2ED0B1E5D1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-13155" yWindow="-21720" windowWidth="38640" windowHeight="21120" xr2:uid="{40909D2F-4721-4AFA-90AB-B6CFAFFA9FC8}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{40909D2F-4721-4AFA-90AB-B6CFAFFA9FC8}"/>
   </bookViews>
   <sheets>
-    <sheet name="26.01.26" sheetId="2" r:id="rId1"/>
+    <sheet name="CC Combined List" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="314">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Chairperson</t>
   </si>
   <si>
     <t>Chair email</t>
   </si>
   <si>
     <t>Secretary</t>
   </si>
   <si>
     <t>Secretary email</t>
   </si>
   <si>
     <t>Treasurer</t>
   </si>
   <si>
     <t>Treasurer email</t>
   </si>
   <si>
     <t>Engagement and Inclusion Office Bearer</t>
   </si>
   <si>
@@ -250,53 +250,50 @@
   <si>
     <t>Stella Thomson</t>
   </si>
   <si>
     <t>engagementfcc1@gmail.com</t>
   </si>
   <si>
     <t>Firrhill</t>
   </si>
   <si>
     <t>Gilmerton and District Community Council</t>
   </si>
   <si>
     <t>Gorgie / Dalry</t>
   </si>
   <si>
     <t>Joan Gordon</t>
   </si>
   <si>
     <t>gorgiedalrycommunitycouncil@gmail.com</t>
   </si>
   <si>
     <t>Christopher Macgowan</t>
   </si>
   <si>
-    <t>Grant Lidster</t>
-[...1 lines deleted...]
-  <si>
     <t>Grange / Prestonfield</t>
   </si>
   <si>
     <t>Kenneth Robertson</t>
   </si>
   <si>
     <t>secretary@grangeprestonfieldcc.org.uk</t>
   </si>
   <si>
     <t>Andreas Grothey</t>
   </si>
   <si>
     <t>Cori Schwabe</t>
   </si>
   <si>
     <t>Granton and District</t>
   </si>
   <si>
     <t>Fred Marinello</t>
   </si>
   <si>
     <t>George Gordon</t>
   </si>
   <si>
     <t>Lorna Forsyth</t>
@@ -373,636 +370,639 @@
   <si>
     <t>Morgane Perez-Huet</t>
   </si>
   <si>
     <t>Leith Central</t>
   </si>
   <si>
     <t>Charlotte Encombe</t>
   </si>
   <si>
     <t>chair@leithcentralcc.co.uk</t>
   </si>
   <si>
     <t>Sheila Kennedy</t>
   </si>
   <si>
     <t>secretary@leithcentralcc.co.uk</t>
   </si>
   <si>
     <t>John Wilkinson</t>
   </si>
   <si>
     <t>Leith Links</t>
   </si>
   <si>
-    <t>James Scanlon OBE</t>
-[...1 lines deleted...]
-  <si>
     <t>chair@leithlinkscc.org.uk</t>
   </si>
   <si>
     <t>Sally Millar</t>
   </si>
   <si>
     <t>secretary@leithlinkscc.org.uk</t>
   </si>
   <si>
-    <t>Gail Clapton</t>
+    <t>Aric Gilinsky</t>
+  </si>
+  <si>
+    <t>engagementofficer@leithlinks.org.uk</t>
+  </si>
+  <si>
+    <t>Liberton and District</t>
+  </si>
+  <si>
+    <t>David Cavanagh</t>
+  </si>
+  <si>
+    <t>david.cavanagh61@gmail.com</t>
+  </si>
+  <si>
+    <t>Neil Purves</t>
+  </si>
+  <si>
+    <t>neilpurves@yahoo.co.uk</t>
+  </si>
+  <si>
+    <t>Ronald Shaw</t>
+  </si>
+  <si>
+    <t>ronnieshaw2108@gmail.com</t>
+  </si>
+  <si>
+    <t>Longstone</t>
+  </si>
+  <si>
+    <t>Des Loughney</t>
+  </si>
+  <si>
+    <t>Alan Gordon</t>
+  </si>
+  <si>
+    <t>Ray Donnelly</t>
+  </si>
+  <si>
+    <t>longstonecctreasurer@gmail.com</t>
+  </si>
+  <si>
+    <t>Will Sturgeon</t>
+  </si>
+  <si>
+    <t>Marchmont and Sciennes</t>
+  </si>
+  <si>
+    <t>Brian Gilmore</t>
+  </si>
+  <si>
+    <t>bacgilmore@gmail.com</t>
+  </si>
+  <si>
+    <t>Anne Laing</t>
+  </si>
+  <si>
+    <t>Alison Service</t>
+  </si>
+  <si>
+    <t>alisonalb@aol.com</t>
+  </si>
+  <si>
+    <t>Merchiston</t>
+  </si>
+  <si>
+    <t>Ian Doig</t>
+  </si>
+  <si>
+    <t>merchistonchair@gmail.com</t>
+  </si>
+  <si>
+    <t>John McKenna</t>
+  </si>
+  <si>
+    <t>Frances Hawarden</t>
+  </si>
+  <si>
+    <t>Vivien Kitteringham</t>
+  </si>
+  <si>
+    <t>Morningside</t>
+  </si>
+  <si>
+    <t>Alastair Webb</t>
+  </si>
+  <si>
+    <t>chair@morningside.org.uk</t>
+  </si>
+  <si>
+    <t>Caroline McKinley</t>
+  </si>
+  <si>
+    <t>secretary@morningside.org.uk</t>
+  </si>
+  <si>
+    <t>Theodore Spanellis</t>
+  </si>
+  <si>
+    <t>treasurer@morningside.co.uk</t>
+  </si>
+  <si>
+    <t>Carol Duncan</t>
+  </si>
+  <si>
+    <t>engagement@morningside.org.uk</t>
+  </si>
+  <si>
+    <t>Muirhouse Salvesen</t>
+  </si>
+  <si>
+    <t>Murrayfield</t>
+  </si>
+  <si>
+    <t>John Yellowlees</t>
+  </si>
+  <si>
+    <t>jyellowlees@blueyonder.co.uk</t>
+  </si>
+  <si>
+    <t>Hamish Ross</t>
+  </si>
+  <si>
+    <t>secretary@murrayfieldcc.org.uk</t>
+  </si>
+  <si>
+    <t>Jim McDonaugh</t>
+  </si>
+  <si>
+    <t>New Town / Broughton</t>
+  </si>
+  <si>
+    <t>Peter Williamson</t>
+  </si>
+  <si>
+    <t>chair@ntbcc.org.uk</t>
+  </si>
+  <si>
+    <t>secretary@ntbcc.org.uk</t>
+  </si>
+  <si>
+    <t>Nick Reid</t>
+  </si>
+  <si>
+    <t>treasurer@ntbcc.org.uk</t>
+  </si>
+  <si>
+    <t>engagement@ntbcc.org.uk</t>
+  </si>
+  <si>
+    <t>Northfield and Willowbrae</t>
+  </si>
+  <si>
+    <t>Ruth Pearson</t>
+  </si>
+  <si>
+    <t>chair@northfieldandwillowbrae.org.uk</t>
+  </si>
+  <si>
+    <t>Secretary@northfieldandwillowbrae.org.uk</t>
+  </si>
+  <si>
+    <t>Margaret Bennett</t>
+  </si>
+  <si>
+    <t>Old Town</t>
+  </si>
+  <si>
+    <t>Portobello</t>
+  </si>
+  <si>
+    <t>Queensferry and District</t>
+  </si>
+  <si>
+    <t>Keith Giblett</t>
+  </si>
+  <si>
+    <t>chair@queensferrycommunitycouncil.co.uk</t>
+  </si>
+  <si>
+    <t>Terence Airlie</t>
+  </si>
+  <si>
+    <t>info@queensferrycommunitycouncil.co.uk</t>
+  </si>
+  <si>
+    <t>Diane Job</t>
+  </si>
+  <si>
+    <t>dianejob@btinternet.com</t>
+  </si>
+  <si>
+    <t>Graeme McKinley</t>
+  </si>
+  <si>
+    <t>Ratho and District</t>
+  </si>
+  <si>
+    <t>Astri Kvassnes</t>
+  </si>
+  <si>
+    <t>chair@radcc.org</t>
+  </si>
+  <si>
+    <t>Elspeth Gray</t>
+  </si>
+  <si>
+    <t>secretary@radcc.org</t>
+  </si>
+  <si>
+    <t>Raymond Godfree</t>
+  </si>
+  <si>
+    <t>treasurer@radcc.org</t>
+  </si>
+  <si>
+    <t>Sighthill / Broomhouse and Parkhead</t>
+  </si>
+  <si>
+    <t>Donna Squires</t>
+  </si>
+  <si>
+    <t>donnasquires@hotmail.com</t>
+  </si>
+  <si>
+    <t>Diane Anderson</t>
+  </si>
+  <si>
+    <t>diane.anderson61@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>Carol Munro</t>
+  </si>
+  <si>
+    <t>carolmunro@msn.com</t>
+  </si>
+  <si>
+    <t>Theofilos Sidiropoulos</t>
+  </si>
+  <si>
+    <t>theo.sidiropoulos@hotmail.com</t>
+  </si>
+  <si>
+    <t>Southside Community Council</t>
+  </si>
+  <si>
+    <t>Stenhouse, Saughton Mains and Whitson</t>
+  </si>
+  <si>
+    <t>Patricia Carr</t>
+  </si>
+  <si>
+    <t>Pat_carr24@hotmail.com</t>
+  </si>
+  <si>
+    <t>Victoria McDermott</t>
+  </si>
+  <si>
+    <t>Victoria.mcdermott@yahoo.co.uk</t>
+  </si>
+  <si>
+    <t>Margaret Wilson</t>
+  </si>
+  <si>
+    <t>Stuart Anderson</t>
+  </si>
+  <si>
+    <t>stuart.anderson3@edinburgh.gov.uk</t>
+  </si>
+  <si>
+    <t>Stockbridge / Inverleith</t>
+  </si>
+  <si>
+    <t>Tannis Dodd</t>
+  </si>
+  <si>
+    <t>stockbridgeandinverleithcc@gmail.com</t>
+  </si>
+  <si>
+    <t>Tollcross</t>
+  </si>
+  <si>
+    <t>Richard Allen</t>
+  </si>
+  <si>
+    <t>Paul Beswick</t>
+  </si>
+  <si>
+    <t>Trinity</t>
+  </si>
+  <si>
+    <t>Bill Rodger</t>
+  </si>
+  <si>
+    <t>Kevin Taylor</t>
+  </si>
+  <si>
+    <t>James Robertson</t>
+  </si>
+  <si>
+    <t>West End</t>
+  </si>
+  <si>
+    <t>West Pilton / West Granton</t>
+  </si>
+  <si>
+    <t>Corstorphine East Craigs / West Craigs</t>
+  </si>
+  <si>
+    <t>Norman Rees</t>
+  </si>
+  <si>
+    <t>cewccc.chair@gmail.com</t>
+  </si>
+  <si>
+    <t>Karen Gray</t>
+  </si>
+  <si>
+    <t>cewccc.secretary@gmail.com</t>
+  </si>
+  <si>
+    <t>Moira Willis</t>
+  </si>
+  <si>
+    <t>cewccc.treasurer@gmail.com</t>
+  </si>
+  <si>
+    <t>Federico Marsili</t>
+  </si>
+  <si>
+    <t>cewccc.social@gmail.com</t>
+  </si>
+  <si>
+    <t>Davidsons Mains and Silverknowes</t>
+  </si>
+  <si>
+    <t>Corstorphine Gyle</t>
+  </si>
+  <si>
+    <t>Murray Smith</t>
+  </si>
+  <si>
+    <t>murrayjsmith@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>Fiona Goulding</t>
+  </si>
+  <si>
+    <t>corstorphinegyleccsecretary@gmail.com</t>
+  </si>
+  <si>
+    <t>Karen Smith</t>
+  </si>
+  <si>
+    <t>Matthew Farnham</t>
+  </si>
+  <si>
+    <t>corstorphinegyleccengagement@gmail.com</t>
+  </si>
+  <si>
+    <t>Edinburgh Association of Community Councils (EACC)</t>
+  </si>
+  <si>
+    <t>Douglas Tharby (Deputy Chair)</t>
+  </si>
+  <si>
+    <t>depchair@edinburghcommunitycouncils.org.uk</t>
+  </si>
+  <si>
+    <t>Not in post</t>
+  </si>
+  <si>
+    <t>Wester Hailes</t>
+  </si>
+  <si>
+    <t>Min Leng</t>
+  </si>
+  <si>
+    <t>John Michael Grant</t>
+  </si>
+  <si>
+    <t>mikeg40@yahoo.com</t>
+  </si>
+  <si>
+    <t>Kern Hutson</t>
+  </si>
+  <si>
+    <t>angelrocks43@hotmail.com</t>
+  </si>
+  <si>
+    <t>Corstorphine and Clermiston</t>
+  </si>
+  <si>
+    <t>Donald Rutherford</t>
+  </si>
+  <si>
+    <t>David Lowe</t>
+  </si>
+  <si>
+    <t>Kirsty Pattison</t>
+  </si>
+  <si>
+    <t>Paul Penman</t>
+  </si>
+  <si>
+    <t>tcc-comms@outlook.com</t>
+  </si>
+  <si>
+    <t>mgti_wilson@hotmail.co.uk</t>
+  </si>
+  <si>
+    <t>Philip Pinsky</t>
+  </si>
+  <si>
+    <t>treasurer@sccedinburgh.org.uk</t>
+  </si>
+  <si>
+    <t>Marie Macarthur</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carolynn Reddell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sugan Subbiah </t>
+  </si>
+  <si>
+    <t>penmanscore@yahoo.co.uk</t>
+  </si>
+  <si>
+    <t>Chris Alcorn</t>
+  </si>
+  <si>
+    <t>engagement@northfieldandwillowbrae.org.uk</t>
+  </si>
+  <si>
+    <t>Susan MacInnes</t>
+  </si>
+  <si>
+    <t>Fiona Banatvala / Shaun Hodge</t>
+  </si>
+  <si>
+    <t>marchmontsciennes.commcouncil@googlemail.com</t>
+  </si>
+  <si>
+    <t>Douglas Rogers</t>
+  </si>
+  <si>
+    <t>pagsk2017@gmail.com</t>
+  </si>
+  <si>
+    <t>treasurer@leithcentralcc.co.uk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon Preston   </t>
+  </si>
+  <si>
+    <t>engagement@leithcentralcc.co.uk</t>
+  </si>
+  <si>
+    <t>morgane.perez-huet@lhncc.org.uk</t>
+  </si>
+  <si>
+    <t>Juniper Green and Baberton Mains</t>
+  </si>
+  <si>
+    <t>Chair@grantoncc.scot</t>
+  </si>
+  <si>
+    <t>Secretary@grantoncc.scot</t>
+  </si>
+  <si>
+    <t>Treasurer@grantoncc.scot</t>
+  </si>
+  <si>
+    <t>engagement@grantoncc.scot</t>
+  </si>
+  <si>
+    <t>Lesley Gibson Eaglesham</t>
+  </si>
+  <si>
+    <t>gilmertonanddistrictcc@outlook.com</t>
+  </si>
+  <si>
+    <t>Asia Auriemma</t>
+  </si>
+  <si>
+    <t>Susan Gill</t>
+  </si>
+  <si>
+    <t>jaloudon@gmail.com</t>
+  </si>
+  <si>
+    <t>Lauren Kennelly </t>
+  </si>
+  <si>
+    <t>Alex Mckendrick</t>
+  </si>
+  <si>
+    <t>merchistoncc@gmail.com</t>
+  </si>
+  <si>
+    <t>treasurer@merchistoncc.org.uk</t>
+  </si>
+  <si>
+    <t>merchistoneandi@gmail.com</t>
+  </si>
+  <si>
+    <t>treasurer@grangeprestonfieldcc.org.uk</t>
+  </si>
+  <si>
+    <t>Ken Robertson </t>
+  </si>
+  <si>
+    <t>secretary@edinburghcommunitycouncils.org.uk</t>
+  </si>
+  <si>
+    <t>craigentinnymeadowbankcc@gmail.com</t>
+  </si>
+  <si>
+    <t>chair@tollcrosscc.org.uk</t>
+  </si>
+  <si>
+    <t>treasurer@tollcrosscc.org.uk</t>
+  </si>
+  <si>
+    <t>Liz Summerfield</t>
+  </si>
+  <si>
+    <t>community@tollcross.org.uk</t>
+  </si>
+  <si>
+    <t>John Corbett (interim Treasurer)</t>
+  </si>
+  <si>
+    <t>Nick Stewart</t>
+  </si>
+  <si>
+    <t xml:space="preserve">longstonecommunitycouncil@gmail.com </t>
+  </si>
+  <si>
+    <t>chairLCC@virginmedia.com</t>
+  </si>
+  <si>
+    <t>chair@cc-cc.org.uk</t>
+  </si>
+  <si>
+    <t>Gary Smith</t>
+  </si>
+  <si>
+    <t>secretary@cc-cc.org.uk</t>
+  </si>
+  <si>
+    <t>treasurer@cc-cc.org.uk</t>
+  </si>
+  <si>
+    <t>gpccengagement@gmail.com</t>
+  </si>
+  <si>
+    <t>memberlldc@gmail.com</t>
+  </si>
+  <si>
+    <t>Wendy Irvine</t>
+  </si>
+  <si>
+    <t>hello@eotcc.org.uk</t>
+  </si>
+  <si>
+    <t>Mark Galloway</t>
+  </si>
+  <si>
+    <t>BalernoCC@gmail.com</t>
+  </si>
+  <si>
+    <t>Last updated - 13 March 2026</t>
+  </si>
+  <si>
+    <t>Abigail Cunningham and Angus Hardie (Co-Chairs)</t>
   </si>
   <si>
     <t>treasurer@leithlinkscc.org.uk</t>
-  </si>
-[...568 lines deleted...]
-    <t>hello@eotcc.org.uk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -1512,70 +1512,71 @@
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="10" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="42" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="33" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
@@ -1911,83 +1912,83 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@tollcrosscc.org.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretary@cc-cc.org.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hello@eotcc.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merchistoneandi@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chair@tollcrosscc.org.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chair@cc-cc.org.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hello@eotcc.org.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@merchistoncc.org.uk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hello@eotcc.org.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merchistoncc@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:craigentinnymeadowbankcc@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chairLCC@virginmedia.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretary@edinburghcommunitycouncils.org.uk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gpccengagement@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:longstonecommunitycouncil@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:treasurer@grangeprestonfieldcc.org.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:community@tollcross.org.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chair@cc-cc.org.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DA124F4-DBF3-4628-AA09-9B0BA305E575}">
   <dimension ref="A1:AF50"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C10" sqref="C10"/>
+      <selection pane="bottomLeft" activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="36" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="46.90625" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="35.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="41.7265625" style="1" customWidth="1"/>
     <col min="3" max="3" width="42.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="37.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="35.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="40.6328125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="45.08984375" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="42.36328125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="31.08984375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="18" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" s="8" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
       <c r="R1" s="6"/>
       <c r="S1" s="6"/>
       <c r="T1" s="6"/>
       <c r="U1" s="6"/>
       <c r="V1" s="6"/>
       <c r="W1" s="6"/>
       <c r="X1" s="6"/>
       <c r="Y1" s="6"/>
@@ -2008,803 +2009,797 @@
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:32" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="4" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="I4" s="1" t="s">
         <v>249</v>
-      </c>
-[...10 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="5" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A6" s="1" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>214</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>293</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>215</v>
+      </c>
+      <c r="G6" s="9" t="s">
+        <v>294</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>295</v>
+      </c>
+      <c r="I6" s="9" t="s">
+        <v>296</v>
       </c>
     </row>
     <row r="7" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
     </row>
     <row r="8" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A8" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A9" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="F9" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="G9" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="I9" s="1" t="s">
         <v>209</v>
-      </c>
-[...13 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="10" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A10" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
     </row>
     <row r="11" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="F11" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="G11" s="1" t="s">
         <v>191</v>
-      </c>
-[...10 lines deleted...]
-        <v>195</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="F12" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="G12" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="H12" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="E12" s="1" t="s">
+      <c r="I12" s="1" t="s">
         <v>200</v>
-      </c>
-[...10 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="13" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="F13" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="G13" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="H13" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="E13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I13" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="14" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A14" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>259</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>308</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>260</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>308</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>261</v>
+      </c>
+      <c r="G14" s="9" t="s">
+        <v>308</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
     </row>
     <row r="15" spans="1:32" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="16" spans="1:32" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A16" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H16" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I16" s="1" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A17" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="F17" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="G18" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="H18" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>169</v>
-      </c>
-[...16 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A19" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E19" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="F19" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="G19" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="H19" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="I19" s="1" t="s">
         <v>155</v>
-      </c>
-[...10 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="20" spans="1:9" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>286</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="G21" s="9" t="s">
+        <v>287</v>
+      </c>
+      <c r="H21" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...18 lines deleted...]
-        <v>292</v>
+      <c r="I21" s="9" t="s">
+        <v>288</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A22" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>300</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E22" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="H22" s="1" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A23" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="G23" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H23" s="1" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="D24" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="E24" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="F24" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="E24" s="1" t="s">
+      <c r="G24" s="9" t="s">
+        <v>313</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>121</v>
-      </c>
-[...10 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="H25" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="I25" s="1" t="s">
         <v>128</v>
-      </c>
-[...16 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="C26" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="E26" s="1" t="s">
+      <c r="F26" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="F26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="1" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="F27" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="F27" s="1" t="s">
+      <c r="G27" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="H27" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="H27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="E28" s="1" t="s">
+      <c r="F28" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="F28" s="1" t="s">
+      <c r="G28" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="G28" s="1" t="s">
+      <c r="H28" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="H28" s="1" t="s">
+      <c r="I28" s="1" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="E29" s="1" t="s">
+      <c r="F29" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="F29" s="1" t="s">
+      <c r="G29" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="G29" s="1" t="s">
+      <c r="H29" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:9" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F31" s="1" t="s">
+      <c r="G31" s="9" t="s">
+        <v>289</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="G31" s="1" t="s">
-[...6 lines deleted...]
-        <v>309</v>
+      <c r="I31" s="9" t="s">
+        <v>305</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="1" t="s">
+      <c r="E32" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="1" t="s">
+      <c r="G32" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H32" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="G32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I32" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A33" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>75</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-      <c r="I33" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>67</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>68</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>69</v>
       </c>
       <c r="I35" s="1" t="s">
@@ -2822,62 +2817,62 @@
       </c>
       <c r="B37" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>59</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>62</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="38" spans="1:9" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A40" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D40" s="1" t="s">
@@ -2887,324 +2882,307 @@
         <v>51</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:9" s="4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A42" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>38</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>40</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A43" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>253</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>292</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A44" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>35</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A45" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E45" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="F45" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="G45" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="I45" s="1" t="s">
         <v>239</v>
-      </c>
-[...13 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A46" s="1" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>251</v>
+      </c>
+      <c r="C46" s="9" t="s">
+        <v>301</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>302</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>303</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>251</v>
+      </c>
+      <c r="I46" s="9" t="s">
+        <v>301</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A47" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="E47" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="F47" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="G47" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="H47" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="E47" s="1" t="s">
+      <c r="I47" s="1" t="s">
         <v>230</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A48" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>23</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="49" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+        <v>309</v>
+      </c>
+      <c r="I49" s="9" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A50" s="1" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>290</v>
+      </c>
+      <c r="E50" s="9" t="s">
+        <v>291</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:XFD1"/>
   </mergeCells>
-  <hyperlinks>
-[...18 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId19"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>26.01.26</vt:lpstr>
+      <vt:lpstr>CC Combined List</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Martin Scott</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>