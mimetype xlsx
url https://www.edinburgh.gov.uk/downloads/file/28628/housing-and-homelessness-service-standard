--- v0 (2025-12-08)
+++ v1 (2026-02-12)
@@ -4,275 +4,279 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\SfC\Homelessness &amp; Housing Support\H &amp; HS\Performance Reports\3. Monthly Stats\1. Homelessness\KPIs for Public\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BEE3BA20-831D-4D6D-84AE-D584A79E5016}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4A584CEC-EEAF-46D7-A6A7-8EF46C754639}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="BQ5" i="1" l="1"/>
-[...8 lines deleted...]
-  <c r="BH13" i="1" s="1"/>
+  <c r="BH9" i="1" l="1"/>
   <c r="BI9" i="1"/>
-  <c r="BI12" i="1" s="1"/>
-[...10 lines deleted...]
-  <c r="BG13" i="1"/>
+  <c r="BI13" i="1" s="1"/>
+  <c r="BH10" i="1"/>
+  <c r="BI10" i="1"/>
+  <c r="BH11" i="1"/>
+  <c r="BI11" i="1"/>
+  <c r="BH12" i="1"/>
+  <c r="BH13" i="1"/>
+  <c r="BT5" i="1"/>
+  <c r="BT4" i="1"/>
+  <c r="BR7" i="1"/>
+  <c r="BR6" i="1"/>
+  <c r="BS7" i="1"/>
+  <c r="BQ7" i="1"/>
+  <c r="BQ6" i="1"/>
+  <c r="BP7" i="1"/>
+  <c r="BP6" i="1"/>
   <c r="BO7" i="1"/>
   <c r="BO6" i="1"/>
   <c r="BN7" i="1"/>
   <c r="BN6" i="1"/>
   <c r="BM7" i="1"/>
   <c r="BM6" i="1"/>
-  <c r="BI11" i="1" l="1"/>
-[...7 lines deleted...]
-  <c r="BG10" i="1"/>
+  <c r="BI12" i="1" l="1"/>
   <c r="BL7" i="1"/>
   <c r="BL6" i="1"/>
   <c r="BK7" i="1"/>
   <c r="BK6" i="1"/>
   <c r="BJ7" i="1"/>
   <c r="BJ6" i="1"/>
   <c r="BI7" i="1"/>
   <c r="BI6" i="1"/>
   <c r="BH7" i="1"/>
   <c r="BH6" i="1"/>
   <c r="BG7" i="1"/>
   <c r="BG6" i="1"/>
   <c r="BF7" i="1"/>
   <c r="BF6" i="1"/>
   <c r="BE7" i="1"/>
   <c r="BE6" i="1"/>
   <c r="BD7" i="1"/>
   <c r="BD6" i="1"/>
   <c r="BC7" i="1"/>
   <c r="BC6" i="1"/>
   <c r="BB7" i="1"/>
   <c r="BB6" i="1"/>
   <c r="BA7" i="1"/>
   <c r="BA6" i="1"/>
   <c r="AZ7" i="1"/>
   <c r="AZ6" i="1"/>
-  <c r="BP6" i="1"/>
+  <c r="BS6" i="1"/>
   <c r="AY6" i="1"/>
   <c r="AX6" i="1"/>
   <c r="AW6" i="1"/>
   <c r="AV6" i="1"/>
   <c r="AU6" i="1"/>
   <c r="AT6" i="1"/>
   <c r="AS6" i="1"/>
   <c r="AR6" i="1"/>
   <c r="AQ6" i="1"/>
   <c r="AP6" i="1"/>
   <c r="AO6" i="1"/>
   <c r="AY7" i="1"/>
   <c r="AX7" i="1"/>
   <c r="AW7" i="1"/>
   <c r="AV7" i="1"/>
   <c r="AU7" i="1"/>
   <c r="AT7" i="1"/>
-  <c r="BP7" i="1"/>
   <c r="AS7" i="1"/>
   <c r="AR7" i="1"/>
   <c r="AI7" i="1"/>
   <c r="AJ7" i="1"/>
   <c r="AK7" i="1"/>
   <c r="AL7" i="1"/>
   <c r="AM7" i="1"/>
   <c r="AN7" i="1"/>
   <c r="AO7" i="1"/>
   <c r="AP7" i="1"/>
   <c r="AQ7" i="1"/>
   <c r="AC7" i="1"/>
   <c r="AD7" i="1"/>
   <c r="AE7" i="1"/>
   <c r="AF7" i="1"/>
   <c r="AG7" i="1"/>
   <c r="AH7" i="1"/>
   <c r="AM6" i="1"/>
   <c r="AL6" i="1"/>
   <c r="AK6" i="1"/>
   <c r="AJ6" i="1"/>
   <c r="Y7" i="1"/>
   <c r="Z7" i="1"/>
   <c r="AA7" i="1"/>
   <c r="AB7" i="1"/>
   <c r="AI6" i="1"/>
   <c r="AH6" i="1"/>
   <c r="AG6" i="1"/>
   <c r="AF6" i="1"/>
-  <c r="BK9" i="1" l="1"/>
+  <c r="BR9" i="1" l="1"/>
+  <c r="BP9" i="1"/>
+  <c r="BJ9" i="1"/>
+  <c r="BJ10" i="1" s="1"/>
   <c r="BL9" i="1"/>
   <c r="BL11" i="1" s="1"/>
-  <c r="BN9" i="1"/>
-  <c r="BJ9" i="1"/>
   <c r="BM9" i="1"/>
   <c r="BO9" i="1"/>
-  <c r="BP9" i="1"/>
-[...1 lines deleted...]
-  <c r="BQ6" i="1"/>
+  <c r="BK9" i="1"/>
+  <c r="BK10" i="1" s="1"/>
+  <c r="BN9" i="1"/>
+  <c r="BQ9" i="1"/>
+  <c r="BK13" i="1"/>
+  <c r="BK11" i="1"/>
+  <c r="BK12" i="1"/>
+  <c r="BS9" i="1"/>
+  <c r="BS13" i="1" s="1"/>
+  <c r="BS12" i="1"/>
   <c r="AE6" i="1"/>
-  <c r="BK12" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="BK13" i="1"/>
+  <c r="BS10" i="1" l="1"/>
+  <c r="BS11" i="1"/>
+  <c r="BQ13" i="1"/>
+  <c r="BQ12" i="1"/>
+  <c r="BQ10" i="1"/>
+  <c r="BQ11" i="1"/>
+  <c r="BM11" i="1"/>
+  <c r="BM12" i="1"/>
+  <c r="BM13" i="1"/>
+  <c r="BM10" i="1"/>
+  <c r="BN12" i="1"/>
+  <c r="BN13" i="1"/>
+  <c r="BN11" i="1"/>
+  <c r="BN10" i="1"/>
+  <c r="BO12" i="1"/>
+  <c r="BO11" i="1"/>
+  <c r="BO13" i="1"/>
+  <c r="BO10" i="1"/>
+  <c r="BJ13" i="1"/>
+  <c r="BP13" i="1"/>
   <c r="BP12" i="1"/>
   <c r="BP10" i="1"/>
   <c r="BP11" i="1"/>
-  <c r="BO12" i="1"/>
-[...8 lines deleted...]
-  <c r="BJ10" i="1"/>
+  <c r="BL10" i="1"/>
+  <c r="BR13" i="1"/>
+  <c r="BR10" i="1"/>
+  <c r="BR11" i="1"/>
+  <c r="BR12" i="1"/>
+  <c r="BL12" i="1"/>
   <c r="BJ11" i="1"/>
+  <c r="BL13" i="1"/>
   <c r="BJ12" i="1"/>
-  <c r="BN13" i="1"/>
-[...5 lines deleted...]
-  <c r="BL10" i="1"/>
   <c r="AD6" i="1"/>
   <c r="AC6" i="1"/>
   <c r="AB6" i="1" l="1"/>
   <c r="X7" i="1"/>
   <c r="W7" i="1"/>
   <c r="V7" i="1"/>
   <c r="U7" i="1"/>
   <c r="T7" i="1"/>
   <c r="S7" i="1"/>
   <c r="R7" i="1"/>
   <c r="Q7" i="1"/>
   <c r="P7" i="1"/>
   <c r="O7" i="1"/>
   <c r="N7" i="1"/>
   <c r="AN6" i="1" l="1"/>
   <c r="Z6" i="1"/>
   <c r="Y6" i="1" l="1"/>
   <c r="X6" i="1" l="1"/>
   <c r="W6" i="1"/>
   <c r="V6" i="1" l="1"/>
   <c r="U6" i="1" l="1"/>
   <c r="AA6" i="1" l="1"/>
   <c r="T6" i="1" l="1"/>
   <c r="S6" i="1" l="1"/>
   <c r="Q6" i="1" l="1"/>
   <c r="P6" i="1" l="1"/>
   <c r="R6" i="1" l="1"/>
   <c r="O6" i="1" l="1"/>
   <c r="N6" i="1"/>
   <c r="M6" i="1"/>
   <c r="L6" i="1"/>
   <c r="K6" i="1"/>
   <c r="J6" i="1"/>
   <c r="I6" i="1" l="1"/>
   <c r="H6" i="1" l="1"/>
   <c r="G6" i="1"/>
   <c r="F6" i="1"/>
   <c r="E6" i="1" l="1"/>
   <c r="D6" i="1" l="1"/>
   <c r="C6" i="1"/>
   <c r="B6" i="1"/>
-  <c r="BC9" i="1" l="1"/>
+  <c r="BG9" i="1" l="1"/>
+  <c r="BE9" i="1"/>
+  <c r="BF9" i="1"/>
+  <c r="BD9" i="1"/>
+  <c r="BC9" i="1"/>
   <c r="BB9" i="1"/>
   <c r="BA9" i="1"/>
   <c r="AY9" i="1"/>
   <c r="AZ9" i="1"/>
   <c r="AX9" i="1"/>
   <c r="AW9" i="1"/>
   <c r="AV9" i="1"/>
   <c r="AU9" i="1"/>
   <c r="AT9" i="1"/>
   <c r="AR9" i="1"/>
   <c r="AS9" i="1"/>
   <c r="AQ9" i="1"/>
   <c r="AO9" i="1"/>
   <c r="AP9" i="1"/>
   <c r="AN9" i="1"/>
   <c r="AM9" i="1"/>
   <c r="AL9" i="1"/>
   <c r="AJ9" i="1"/>
   <c r="AK9" i="1"/>
   <c r="AI9" i="1"/>
   <c r="AH9" i="1"/>
   <c r="AG9" i="1"/>
   <c r="AF9" i="1"/>
   <c r="AE9" i="1"/>
   <c r="AC9" i="1"/>
@@ -294,51 +298,67 @@
   <c r="K9" i="1"/>
   <c r="Q9" i="1"/>
   <c r="D9" i="1"/>
   <c r="G9" i="1"/>
   <c r="O9" i="1"/>
   <c r="O12" i="1" s="1"/>
   <c r="P9" i="1"/>
   <c r="E9" i="1"/>
   <c r="H9" i="1"/>
   <c r="J9" i="1"/>
   <c r="M7" i="1"/>
   <c r="I9" i="1"/>
   <c r="C9" i="1"/>
   <c r="L9" i="1"/>
   <c r="M9" i="1"/>
   <c r="K7" i="1"/>
   <c r="C7" i="1"/>
   <c r="J7" i="1"/>
   <c r="G7" i="1"/>
   <c r="I7" i="1"/>
   <c r="L7" i="1"/>
   <c r="H7" i="1"/>
   <c r="D7" i="1"/>
   <c r="F7" i="1"/>
   <c r="E7" i="1"/>
-  <c r="BC10" i="1" l="1"/>
+  <c r="BG13" i="1" l="1"/>
+  <c r="BG12" i="1"/>
+  <c r="BG10" i="1"/>
+  <c r="BG11" i="1"/>
+  <c r="BF13" i="1"/>
+  <c r="BF10" i="1"/>
+  <c r="BF11" i="1"/>
+  <c r="BF12" i="1"/>
+  <c r="BE13" i="1"/>
+  <c r="BE10" i="1"/>
+  <c r="BE11" i="1"/>
+  <c r="BE12" i="1"/>
+  <c r="BD13" i="1"/>
+  <c r="BD11" i="1"/>
+  <c r="BD10" i="1"/>
+  <c r="BD12" i="1"/>
+  <c r="BC10" i="1"/>
   <c r="BC13" i="1"/>
   <c r="BC12" i="1"/>
   <c r="BC11" i="1"/>
   <c r="BB10" i="1"/>
   <c r="BB11" i="1"/>
   <c r="BB13" i="1"/>
   <c r="BB12" i="1"/>
   <c r="BA11" i="1"/>
   <c r="BA13" i="1"/>
   <c r="BA12" i="1"/>
   <c r="BA10" i="1"/>
   <c r="AZ11" i="1"/>
   <c r="AZ12" i="1"/>
   <c r="AZ10" i="1"/>
   <c r="AZ13" i="1"/>
   <c r="AY10" i="1"/>
   <c r="AY11" i="1"/>
   <c r="AY12" i="1"/>
   <c r="AY13" i="1"/>
   <c r="AX12" i="1"/>
   <c r="AX13" i="1"/>
   <c r="AX11" i="1"/>
   <c r="AX10" i="1"/>
   <c r="AV10" i="1"/>
   <c r="AV11" i="1"/>
@@ -504,50 +524,51 @@
   <c r="E10" i="1"/>
   <c r="C10" i="1"/>
   <c r="C13" i="1"/>
   <c r="C12" i="1"/>
   <c r="C11" i="1"/>
   <c r="D10" i="1"/>
   <c r="D13" i="1"/>
   <c r="D12" i="1"/>
   <c r="D11" i="1"/>
   <c r="L10" i="1"/>
   <c r="L11" i="1"/>
   <c r="L13" i="1"/>
   <c r="L12" i="1"/>
   <c r="M11" i="1"/>
   <c r="M10" i="1"/>
   <c r="M13" i="1"/>
   <c r="M12" i="1"/>
   <c r="F13" i="1"/>
   <c r="F12" i="1"/>
   <c r="F11" i="1"/>
   <c r="F10" i="1"/>
   <c r="K10" i="1"/>
   <c r="K13" i="1"/>
   <c r="K12" i="1"/>
   <c r="K11" i="1"/>
+  <c r="BT6" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>No of Assessments carried out</t>
   </si>
   <si>
     <t>No of Assessments within 28 days</t>
   </si>
   <si>
     <t>% of Assessments carried out within 28 days</t>
   </si>
   <si>
     <t>% of Homeless Assessments carried out within 28 days - Rolling 13 Month period</t>
   </si>
   <si>
     <t>13 Month Period</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Standard Deviation</t>
@@ -575,64 +596,65 @@
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...5 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -729,122 +751,122 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="17" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="5" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="4" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="5" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{8B80184D-33D6-431B-ADF9-7EFFFBB72AC4}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -943,270 +965,270 @@
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>% of Assessments carried out within 28 days</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="00B0F0"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$BP$3</c:f>
+              <c:f>Sheet1!$B$3:$BS$3</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45597</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45627</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45658</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45689</c:v>
+                  <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45748</c:v>
+                  <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45778</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45809</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45839</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45870</c:v>
+                  <c:v>45962</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45901</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45931</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$6:$BP$6</c:f>
+              <c:f>Sheet1!$B$6:$BS$6</c:f>
               <c:numCache>
                 <c:formatCode>0.0%</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>0.85</c:v>
+                  <c:v>0.83870967741935487</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.7688984881209503</c:v>
+                  <c:v>0.85669781931464173</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.8651685393258427</c:v>
+                  <c:v>0.89320388349514568</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.83870967741935487</c:v>
+                  <c:v>0.88025889967637538</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.85669781931464173</c:v>
+                  <c:v>0.86133333333333328</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.89320388349514568</c:v>
+                  <c:v>0.8682432432432432</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.87987012987012991</c:v>
+                  <c:v>0.80729166666666663</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.86096256684491979</c:v>
+                  <c:v>0.84104046242774566</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.86851211072664358</c:v>
+                  <c:v>0.8204419889502762</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.80423280423280419</c:v>
+                  <c:v>0.80742459396751742</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>0.83775811209439532</c:v>
+                  <c:v>0.84881209503239741</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>0.81196581196581197</c:v>
+                  <c:v>0.88563049853372433</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>0.80941176470588239</c:v>
+                  <c:v>0.80211081794195249</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-71D1-4C0B-9F73-1BABC0C78C4B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Average</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:prstDash val="dash"/>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$BP$3</c:f>
+              <c:f>Sheet1!$B$3:$BS$3</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>45566</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45597</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45627</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45658</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45689</c:v>
+                  <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45717</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45748</c:v>
+                  <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45778</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45809</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45839</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45870</c:v>
+                  <c:v>45962</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45901</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45931</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$7:$BP$7</c:f>
+              <c:f>Sheet1!$B$7:$BS$7</c:f>
               <c:numCache>
                 <c:formatCode>0.000</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>0.83142923758451859</c:v>
+                  <c:v>0.82956086366955251</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.82822696604357926</c:v>
+                  <c:v>0.83044004844570041</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.82928663515255696</c:v>
+                  <c:v>0.83233825976313991</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.82956086366955251</c:v>
+                  <c:v>0.83374501235037046</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.83044004844570041</c:v>
+                  <c:v>0.83469406476470054</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.83233825976313991</c:v>
+                  <c:v>0.83558095918549613</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.833729216152019</c:v>
+                  <c:v>0.83464294965892405</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.83466373061748789</c:v>
+                  <c:v>0.83482854028674436</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.83553807651054701</c:v>
+                  <c:v>0.83440475221743027</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.83451495763444583</c:v>
+                  <c:v>0.83349056603773586</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>0.83460730785384296</c:v>
+                  <c:v>0.8340286732913601</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>0.83395887728459528</c:v>
+                  <c:v>0.8353297840875481</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>0.83451498549790526</c:v>
+                  <c:v>0.8357048555082881</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-71D1-4C0B-9F73-1BABC0C78C4B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="358153136"/>
         <c:axId val="358154448"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredLineSeries>
@@ -1225,298 +1247,298 @@
                     <c:strCache>
                       <c:ptCount val="1"/>
                       <c:pt idx="0">
                         <c:v>No of Assessments carried out</c:v>
                       </c:pt>
                     </c:strCache>
                   </c:strRef>
                 </c:tx>
                 <c:spPr>
                   <a:ln w="28575" cap="rnd">
                     <a:solidFill>
                       <a:schemeClr val="accent3"/>
                     </a:solidFill>
                     <a:round/>
                   </a:ln>
                   <a:effectLst/>
                 </c:spPr>
                 <c:marker>
                   <c:symbol val="none"/>
                 </c:marker>
                 <c:cat>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>Sheet1!$B$3:$BP$3</c15:sqref>
+                          <c15:sqref>Sheet1!$B$3:$BS$3</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>mmm\-yy</c:formatCode>
                       <c:ptCount val="13"/>
                       <c:pt idx="0">
-                        <c:v>45566</c:v>
+                        <c:v>45658</c:v>
                       </c:pt>
                       <c:pt idx="1">
-                        <c:v>45597</c:v>
+                        <c:v>45689</c:v>
                       </c:pt>
                       <c:pt idx="2">
-                        <c:v>45627</c:v>
+                        <c:v>45717</c:v>
                       </c:pt>
                       <c:pt idx="3">
-                        <c:v>45658</c:v>
+                        <c:v>45748</c:v>
                       </c:pt>
                       <c:pt idx="4">
-                        <c:v>45689</c:v>
+                        <c:v>45778</c:v>
                       </c:pt>
                       <c:pt idx="5">
-                        <c:v>45717</c:v>
+                        <c:v>45809</c:v>
                       </c:pt>
                       <c:pt idx="6">
-                        <c:v>45748</c:v>
+                        <c:v>45839</c:v>
                       </c:pt>
                       <c:pt idx="7">
-                        <c:v>45778</c:v>
+                        <c:v>45870</c:v>
                       </c:pt>
                       <c:pt idx="8">
-                        <c:v>45809</c:v>
+                        <c:v>45901</c:v>
                       </c:pt>
                       <c:pt idx="9">
-                        <c:v>45839</c:v>
+                        <c:v>45931</c:v>
                       </c:pt>
                       <c:pt idx="10">
-                        <c:v>45870</c:v>
+                        <c:v>45962</c:v>
                       </c:pt>
                       <c:pt idx="11">
-                        <c:v>45901</c:v>
+                        <c:v>45992</c:v>
                       </c:pt>
                       <c:pt idx="12">
-                        <c:v>45931</c:v>
+                        <c:v>46023</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:cat>
                 <c:val>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>Sheet1!$B$4:$BP$4</c15:sqref>
+                          <c15:sqref>Sheet1!$B$4:$BS$4</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
                       <c:ptCount val="13"/>
                       <c:pt idx="0">
-                        <c:v>360</c:v>
+                        <c:v>279</c:v>
                       </c:pt>
                       <c:pt idx="1">
+                        <c:v>321</c:v>
+                      </c:pt>
+                      <c:pt idx="2">
+                        <c:v>309</c:v>
+                      </c:pt>
+                      <c:pt idx="3">
+                        <c:v>309</c:v>
+                      </c:pt>
+                      <c:pt idx="4">
+                        <c:v>375</c:v>
+                      </c:pt>
+                      <c:pt idx="5">
+                        <c:v>296</c:v>
+                      </c:pt>
+                      <c:pt idx="6">
+                        <c:v>384</c:v>
+                      </c:pt>
+                      <c:pt idx="7">
+                        <c:v>346</c:v>
+                      </c:pt>
+                      <c:pt idx="8">
+                        <c:v>362</c:v>
+                      </c:pt>
+                      <c:pt idx="9">
+                        <c:v>431</c:v>
+                      </c:pt>
+                      <c:pt idx="10">
                         <c:v>463</c:v>
                       </c:pt>
-                      <c:pt idx="2">
-[...25 lines deleted...]
-                      </c:pt>
                       <c:pt idx="11">
-                        <c:v>351</c:v>
+                        <c:v>341</c:v>
                       </c:pt>
                       <c:pt idx="12">
-                        <c:v>425</c:v>
+                        <c:v>379</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:val>
                 <c:smooth val="1"/>
                 <c:extLst>
                   <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                     <c16:uniqueId val="{00000001-8AFE-4C11-B0B0-5C10037DC1E9}"/>
                   </c:ext>
                 </c:extLst>
               </c15:ser>
             </c15:filteredLineSeries>
             <c15:filteredLineSeries>
               <c15:ser>
                 <c:idx val="3"/>
                 <c:order val="1"/>
                 <c:tx>
                   <c:strRef>
                     <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                       <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>Sheet1!$A$5</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:strCache>
                       <c:ptCount val="1"/>
                       <c:pt idx="0">
                         <c:v>No of Assessments within 28 days</c:v>
                       </c:pt>
                     </c:strCache>
                   </c:strRef>
                 </c:tx>
                 <c:spPr>
                   <a:ln w="28575" cap="rnd">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                     <a:round/>
                   </a:ln>
                   <a:effectLst/>
                 </c:spPr>
                 <c:marker>
                   <c:symbol val="none"/>
                 </c:marker>
                 <c:cat>
                   <c:numRef>
                     <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                       <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>Sheet1!$B$3:$BP$3</c15:sqref>
+                          <c15:sqref>Sheet1!$B$3:$BS$3</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>mmm\-yy</c:formatCode>
                       <c:ptCount val="13"/>
                       <c:pt idx="0">
-                        <c:v>45566</c:v>
+                        <c:v>45658</c:v>
                       </c:pt>
                       <c:pt idx="1">
-                        <c:v>45597</c:v>
+                        <c:v>45689</c:v>
                       </c:pt>
                       <c:pt idx="2">
-                        <c:v>45627</c:v>
+                        <c:v>45717</c:v>
                       </c:pt>
                       <c:pt idx="3">
-                        <c:v>45658</c:v>
+                        <c:v>45748</c:v>
                       </c:pt>
                       <c:pt idx="4">
-                        <c:v>45689</c:v>
+                        <c:v>45778</c:v>
                       </c:pt>
                       <c:pt idx="5">
-                        <c:v>45717</c:v>
+                        <c:v>45809</c:v>
                       </c:pt>
                       <c:pt idx="6">
-                        <c:v>45748</c:v>
+                        <c:v>45839</c:v>
                       </c:pt>
                       <c:pt idx="7">
-                        <c:v>45778</c:v>
+                        <c:v>45870</c:v>
                       </c:pt>
                       <c:pt idx="8">
-                        <c:v>45809</c:v>
+                        <c:v>45901</c:v>
                       </c:pt>
                       <c:pt idx="9">
-                        <c:v>45839</c:v>
+                        <c:v>45931</c:v>
                       </c:pt>
                       <c:pt idx="10">
-                        <c:v>45870</c:v>
+                        <c:v>45962</c:v>
                       </c:pt>
                       <c:pt idx="11">
-                        <c:v>45901</c:v>
+                        <c:v>45992</c:v>
                       </c:pt>
                       <c:pt idx="12">
-                        <c:v>45931</c:v>
+                        <c:v>46023</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:cat>
                 <c:val>
                   <c:numRef>
                     <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                       <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>Sheet1!$B$5:$BP$5</c15:sqref>
+                          <c15:sqref>Sheet1!$B$5:$BS$5</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
                       <c:ptCount val="13"/>
                       <c:pt idx="0">
-                        <c:v>306</c:v>
+                        <c:v>234</c:v>
                       </c:pt>
                       <c:pt idx="1">
-                        <c:v>356</c:v>
+                        <c:v>275</c:v>
                       </c:pt>
                       <c:pt idx="2">
-                        <c:v>231</c:v>
+                        <c:v>276</c:v>
                       </c:pt>
                       <c:pt idx="3">
-                        <c:v>234</c:v>
+                        <c:v>272</c:v>
                       </c:pt>
                       <c:pt idx="4">
-                        <c:v>275</c:v>
+                        <c:v>323</c:v>
                       </c:pt>
                       <c:pt idx="5">
-                        <c:v>276</c:v>
+                        <c:v>257</c:v>
                       </c:pt>
                       <c:pt idx="6">
-                        <c:v>271</c:v>
+                        <c:v>310</c:v>
                       </c:pt>
                       <c:pt idx="7">
-                        <c:v>322</c:v>
+                        <c:v>291</c:v>
                       </c:pt>
                       <c:pt idx="8">
-                        <c:v>251</c:v>
+                        <c:v>297</c:v>
                       </c:pt>
                       <c:pt idx="9">
-                        <c:v>304</c:v>
+                        <c:v>348</c:v>
                       </c:pt>
                       <c:pt idx="10">
-                        <c:v>284</c:v>
+                        <c:v>393</c:v>
                       </c:pt>
                       <c:pt idx="11">
-                        <c:v>285</c:v>
+                        <c:v>302</c:v>
                       </c:pt>
                       <c:pt idx="12">
-                        <c:v>344</c:v>
+                        <c:v>304</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:val>
                 <c:smooth val="0"/>
                 <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                   <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                     <c16:uniqueId val="{00000001-71D1-4C0B-9F73-1BABC0C78C4B}"/>
                   </c:ext>
                 </c:extLst>
               </c15:ser>
             </c15:filteredLineSeries>
           </c:ext>
         </c:extLst>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="358153136"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="mmm\-yy" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2238,58 +2260,58 @@
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>7</xdr:row>
-      <xdr:rowOff>121226</xdr:rowOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>69272</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>68</xdr:col>
+      <xdr:col>71</xdr:col>
       <xdr:colOff>839932</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>86590</xdr:rowOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>34636</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB7E399B-E97E-4D9C-B1C8-881E457C4E24}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
@@ -2576,81 +2598,81 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:DY18"/>
+  <dimension ref="A1:EB18"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="110" zoomScaleNormal="100" zoomScaleSheetLayoutView="110" workbookViewId="0">
-      <selection activeCell="BQ6" sqref="BQ6"/>
+      <selection activeCell="BJ5" sqref="BJ5:BS5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.42578125" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="11" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="7.5703125" style="11" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="6.7109375" style="11" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="6.140625" style="11" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="7.140625" style="11" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="7" style="11" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="11" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="7.28515625" style="11" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="7" style="11" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="6.5703125" style="11" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="7" style="11" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="7.28515625" style="11" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="6.85546875" style="11" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="7.5703125" style="11" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="6.7109375" style="11" hidden="1" customWidth="1"/>
-    <col min="17" max="55" width="8.28515625" style="11" hidden="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="70" max="16384" width="9.140625" style="5"/>
+    <col min="17" max="58" width="8.28515625" style="11" hidden="1" customWidth="1"/>
+    <col min="59" max="71" width="8.28515625" style="11" customWidth="1"/>
+    <col min="72" max="72" width="16.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="73" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:129" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:132" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
@@ -2677,52 +2699,55 @@
       <c r="AR1" s="2"/>
       <c r="AS1" s="2"/>
       <c r="AT1" s="2"/>
       <c r="AU1" s="2"/>
       <c r="AV1" s="2"/>
       <c r="AW1" s="2"/>
       <c r="AX1" s="2"/>
       <c r="AY1" s="2"/>
       <c r="AZ1" s="2"/>
       <c r="BA1" s="2"/>
       <c r="BB1" s="2"/>
       <c r="BC1" s="2"/>
       <c r="BD1" s="2"/>
       <c r="BE1" s="2"/>
       <c r="BF1" s="2"/>
       <c r="BG1" s="2"/>
       <c r="BH1" s="2"/>
       <c r="BI1" s="2"/>
       <c r="BJ1" s="2"/>
       <c r="BK1" s="2"/>
       <c r="BL1" s="2"/>
       <c r="BM1" s="2"/>
       <c r="BN1" s="2"/>
       <c r="BO1" s="2"/>
       <c r="BP1" s="2"/>
+      <c r="BQ1" s="2"/>
+      <c r="BR1" s="2"/>
+      <c r="BS1" s="2"/>
     </row>
-    <row r="3" spans="1:129" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:132" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="4">
         <v>43922</v>
       </c>
       <c r="C3" s="4">
         <v>43952</v>
       </c>
       <c r="D3" s="4">
         <v>43983</v>
       </c>
       <c r="E3" s="4">
         <v>44013</v>
       </c>
       <c r="F3" s="4">
         <v>44044</v>
       </c>
       <c r="G3" s="4">
         <v>44075</v>
       </c>
       <c r="H3" s="4">
         <v>44105</v>
       </c>
       <c r="I3" s="4">
         <v>44136</v>
       </c>
@@ -2881,55 +2906,64 @@
       </c>
       <c r="BI3" s="13">
         <v>45717</v>
       </c>
       <c r="BJ3" s="13">
         <v>45748</v>
       </c>
       <c r="BK3" s="13">
         <v>45778</v>
       </c>
       <c r="BL3" s="13">
         <v>45809</v>
       </c>
       <c r="BM3" s="13">
         <v>45839</v>
       </c>
       <c r="BN3" s="13">
         <v>45870</v>
       </c>
       <c r="BO3" s="13">
         <v>45901</v>
       </c>
       <c r="BP3" s="13">
         <v>45931</v>
       </c>
-      <c r="BQ3" s="30" t="s">
+      <c r="BQ3" s="13">
+        <v>45962</v>
+      </c>
+      <c r="BR3" s="13">
+        <v>45992</v>
+      </c>
+      <c r="BS3" s="13">
+        <v>46023</v>
+      </c>
+      <c r="BT3" s="27" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:129" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:132" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="6">
         <v>176</v>
       </c>
       <c r="C4" s="6">
         <v>192</v>
       </c>
       <c r="D4" s="6">
         <v>205</v>
       </c>
       <c r="E4" s="6">
         <v>240</v>
       </c>
       <c r="F4" s="6">
         <v>201</v>
       </c>
       <c r="G4" s="6">
         <v>185</v>
       </c>
       <c r="H4" s="6">
         <v>174</v>
       </c>
       <c r="I4" s="6">
@@ -3070,76 +3104,85 @@
       <c r="BB4" s="14">
         <v>309</v>
       </c>
       <c r="BC4" s="14">
         <v>311</v>
       </c>
       <c r="BD4" s="14">
         <v>360</v>
       </c>
       <c r="BE4" s="14">
         <v>463</v>
       </c>
       <c r="BF4" s="14">
         <v>267</v>
       </c>
       <c r="BG4" s="14">
         <v>279</v>
       </c>
       <c r="BH4" s="14">
         <v>321</v>
       </c>
       <c r="BI4" s="14">
         <v>309</v>
       </c>
       <c r="BJ4" s="14">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="BK4" s="14">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="BL4" s="14">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="BM4" s="14">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="BN4" s="14">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="BO4" s="14">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="BP4" s="14">
-        <v>425</v>
-[...3 lines deleted...]
-        <v>4463</v>
+        <v>431</v>
+      </c>
+      <c r="BQ4" s="14">
+        <v>463</v>
+      </c>
+      <c r="BR4" s="14">
+        <v>341</v>
+      </c>
+      <c r="BS4" s="14">
+        <v>379</v>
+      </c>
+      <c r="BT4" s="29">
+        <f>SUM(BG4:BS4)</f>
+        <v>4595</v>
       </c>
     </row>
-    <row r="5" spans="1:129" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:132" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9">
         <v>170</v>
       </c>
       <c r="C5" s="9">
         <v>177</v>
       </c>
       <c r="D5" s="9">
         <v>187</v>
       </c>
       <c r="E5" s="9">
         <v>236</v>
       </c>
       <c r="F5" s="9">
         <v>188</v>
       </c>
       <c r="G5" s="9">
         <v>169</v>
       </c>
       <c r="H5" s="9">
         <v>164</v>
       </c>
       <c r="I5" s="9">
@@ -3280,2715 +3323,2823 @@
       <c r="BB5" s="15">
         <v>266</v>
       </c>
       <c r="BC5" s="15">
         <v>261</v>
       </c>
       <c r="BD5" s="15">
         <v>306</v>
       </c>
       <c r="BE5" s="15">
         <v>356</v>
       </c>
       <c r="BF5" s="15">
         <v>231</v>
       </c>
       <c r="BG5" s="15">
         <v>234</v>
       </c>
       <c r="BH5" s="15">
         <v>275</v>
       </c>
       <c r="BI5" s="15">
         <v>276</v>
       </c>
       <c r="BJ5" s="15">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="BK5" s="15">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="BL5" s="15">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="BM5" s="15">
+        <v>310</v>
+      </c>
+      <c r="BN5" s="15">
+        <v>291</v>
+      </c>
+      <c r="BO5" s="15">
+        <v>297</v>
+      </c>
+      <c r="BP5" s="15">
+        <v>348</v>
+      </c>
+      <c r="BQ5" s="15">
+        <v>393</v>
+      </c>
+      <c r="BR5" s="15">
+        <v>302</v>
+      </c>
+      <c r="BS5" s="15">
         <v>304</v>
       </c>
-      <c r="BN5" s="15">
-[...10 lines deleted...]
-        <v>3739</v>
+      <c r="BT5" s="29">
+        <f>SUM(BG5:BS5)</f>
+        <v>3882</v>
       </c>
     </row>
-    <row r="6" spans="1:129" x14ac:dyDescent="0.25">
-      <c r="A6" s="19" t="s">
+    <row r="6" spans="1:132" x14ac:dyDescent="0.25">
+      <c r="A6" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="20">
+      <c r="B6" s="17">
         <f t="shared" ref="B6:AA6" si="0">B5/B4</f>
         <v>0.96590909090909094</v>
       </c>
-      <c r="C6" s="20">
+      <c r="C6" s="17">
         <f t="shared" si="0"/>
         <v>0.921875</v>
       </c>
-      <c r="D6" s="20">
+      <c r="D6" s="17">
         <f t="shared" si="0"/>
         <v>0.91219512195121955</v>
       </c>
-      <c r="E6" s="20">
+      <c r="E6" s="17">
         <f t="shared" si="0"/>
         <v>0.98333333333333328</v>
       </c>
-      <c r="F6" s="20">
+      <c r="F6" s="17">
         <f t="shared" si="0"/>
         <v>0.93532338308457708</v>
       </c>
-      <c r="G6" s="20">
+      <c r="G6" s="17">
         <f t="shared" si="0"/>
         <v>0.91351351351351351</v>
       </c>
-      <c r="H6" s="20">
+      <c r="H6" s="17">
         <f t="shared" si="0"/>
         <v>0.94252873563218387</v>
       </c>
-      <c r="I6" s="20">
+      <c r="I6" s="17">
         <f t="shared" si="0"/>
         <v>0.91803278688524592</v>
       </c>
-      <c r="J6" s="20">
+      <c r="J6" s="17">
         <f t="shared" si="0"/>
         <v>0.91111111111111109</v>
       </c>
-      <c r="K6" s="20">
+      <c r="K6" s="17">
         <f t="shared" si="0"/>
         <v>0.81967213114754101</v>
       </c>
-      <c r="L6" s="20">
+      <c r="L6" s="17">
         <f t="shared" si="0"/>
         <v>0.65277777777777779</v>
       </c>
-      <c r="M6" s="20">
+      <c r="M6" s="17">
         <f t="shared" si="0"/>
         <v>0.65492957746478875</v>
       </c>
-      <c r="N6" s="20">
+      <c r="N6" s="17">
         <f t="shared" si="0"/>
         <v>0.78980891719745228</v>
       </c>
-      <c r="O6" s="20">
+      <c r="O6" s="17">
         <f t="shared" si="0"/>
         <v>0.77094972067039103</v>
       </c>
-      <c r="P6" s="20">
+      <c r="P6" s="17">
         <f t="shared" ref="P6:Q6" si="1">P5/P4</f>
         <v>0.71612903225806457</v>
       </c>
-      <c r="Q6" s="20">
+      <c r="Q6" s="17">
         <f t="shared" si="1"/>
         <v>0.67114093959731547</v>
       </c>
-      <c r="R6" s="20">
+      <c r="R6" s="17">
         <f t="shared" si="0"/>
         <v>0.63309352517985606</v>
       </c>
-      <c r="S6" s="20">
+      <c r="S6" s="17">
         <f t="shared" si="0"/>
         <v>0.58045977011494254</v>
       </c>
-      <c r="T6" s="20">
+      <c r="T6" s="17">
         <f t="shared" si="0"/>
         <v>0.58964143426294824</v>
       </c>
-      <c r="U6" s="20">
+      <c r="U6" s="17">
         <f t="shared" ref="U6:Z6" si="2">U5/U4</f>
         <v>0.68711656441717794</v>
       </c>
-      <c r="V6" s="20">
+      <c r="V6" s="17">
         <f t="shared" si="2"/>
         <v>0.6452830188679245</v>
       </c>
-      <c r="W6" s="20">
+      <c r="W6" s="17">
         <f t="shared" si="2"/>
         <v>0.74193548387096775</v>
       </c>
-      <c r="X6" s="20">
+      <c r="X6" s="17">
         <f t="shared" si="2"/>
         <v>0.74295774647887325</v>
       </c>
-      <c r="Y6" s="20">
+      <c r="Y6" s="17">
         <f t="shared" si="2"/>
         <v>0.70231213872832365</v>
       </c>
-      <c r="Z6" s="20">
+      <c r="Z6" s="17">
         <f t="shared" si="2"/>
         <v>0.67407407407407405</v>
       </c>
-      <c r="AA6" s="20">
+      <c r="AA6" s="17">
         <f t="shared" si="0"/>
         <v>0.74844720496894412</v>
       </c>
-      <c r="AB6" s="20">
-        <f t="shared" ref="AB6:BQ6" si="3">AB5/AB4</f>
+      <c r="AB6" s="17">
+        <f t="shared" ref="AB6:BT6" si="3">AB5/AB4</f>
         <v>0.7441860465116279</v>
       </c>
-      <c r="AC6" s="20">
+      <c r="AC6" s="17">
         <f t="shared" si="3"/>
         <v>0.80869565217391304</v>
       </c>
-      <c r="AD6" s="20">
+      <c r="AD6" s="17">
         <f t="shared" si="3"/>
         <v>0.78595317725752512</v>
       </c>
-      <c r="AE6" s="31">
+      <c r="AE6" s="28">
         <f t="shared" si="3"/>
         <v>0.76951672862453535</v>
       </c>
-      <c r="AF6" s="31">
+      <c r="AF6" s="28">
         <f t="shared" si="3"/>
         <v>0.77272727272727271</v>
       </c>
-      <c r="AG6" s="31">
+      <c r="AG6" s="28">
         <f t="shared" si="3"/>
         <v>0.76904176904176902</v>
       </c>
-      <c r="AH6" s="31">
+      <c r="AH6" s="28">
         <f t="shared" ref="AH6:AM6" si="4">AH5/AH4</f>
         <v>0.73899371069182385</v>
       </c>
-      <c r="AI6" s="31">
+      <c r="AI6" s="28">
         <f t="shared" si="4"/>
         <v>0.78616352201257866</v>
       </c>
-      <c r="AJ6" s="31">
+      <c r="AJ6" s="28">
         <f t="shared" si="4"/>
         <v>0.83823529411764708</v>
       </c>
-      <c r="AK6" s="31">
+      <c r="AK6" s="28">
         <f t="shared" si="4"/>
         <v>0.84654731457800514</v>
       </c>
-      <c r="AL6" s="31">
+      <c r="AL6" s="28">
         <f t="shared" si="4"/>
         <v>0.90534979423868311</v>
       </c>
-      <c r="AM6" s="31">
+      <c r="AM6" s="28">
         <f t="shared" si="4"/>
         <v>0.85585585585585588</v>
       </c>
-      <c r="AN6" s="31">
+      <c r="AN6" s="28">
         <f t="shared" si="3"/>
         <v>0.92123287671232879</v>
       </c>
-      <c r="AO6" s="31">
+      <c r="AO6" s="28">
         <f t="shared" si="3"/>
         <v>0.88842975206611574</v>
       </c>
-      <c r="AP6" s="31">
+      <c r="AP6" s="28">
         <f t="shared" si="3"/>
         <v>0.82253521126760565</v>
       </c>
-      <c r="AQ6" s="31">
+      <c r="AQ6" s="28">
         <f t="shared" si="3"/>
         <v>0.86346863468634683</v>
       </c>
-      <c r="AR6" s="31">
+      <c r="AR6" s="28">
         <f t="shared" si="3"/>
         <v>0.71788413098236781</v>
       </c>
-      <c r="AS6" s="31">
+      <c r="AS6" s="28">
         <f t="shared" si="3"/>
         <v>0.79205607476635509</v>
       </c>
-      <c r="AT6" s="31">
+      <c r="AT6" s="28">
         <f t="shared" si="3"/>
         <v>0.8655172413793103</v>
       </c>
-      <c r="AU6" s="31">
+      <c r="AU6" s="28">
         <f t="shared" si="3"/>
         <v>0.85751978891820579</v>
       </c>
-      <c r="AV6" s="31">
+      <c r="AV6" s="28">
         <f t="shared" si="3"/>
         <v>0.88709677419354838</v>
       </c>
-      <c r="AW6" s="31">
+      <c r="AW6" s="28">
         <f t="shared" si="3"/>
         <v>0.85245901639344257</v>
       </c>
-      <c r="AX6" s="31">
+      <c r="AX6" s="28">
         <f t="shared" si="3"/>
         <v>0.86890243902439024</v>
       </c>
-      <c r="AY6" s="31">
+      <c r="AY6" s="28">
         <f t="shared" si="3"/>
         <v>0.81163434903047094</v>
       </c>
-      <c r="AZ6" s="31">
-        <f t="shared" ref="AZ6:BO6" si="5">AZ5/AZ4</f>
+      <c r="AZ6" s="28">
+        <f t="shared" ref="AZ6:BR6" si="5">AZ5/AZ4</f>
         <v>0.82181818181818178</v>
       </c>
-      <c r="BA6" s="31">
+      <c r="BA6" s="28">
         <f t="shared" si="5"/>
         <v>0.91319444444444442</v>
       </c>
-      <c r="BB6" s="31">
+      <c r="BB6" s="28">
         <f t="shared" si="5"/>
         <v>0.86084142394822005</v>
       </c>
-      <c r="BC6" s="31">
+      <c r="BC6" s="28">
         <f t="shared" si="5"/>
         <v>0.83922829581993574</v>
       </c>
-      <c r="BD6" s="31">
+      <c r="BD6" s="28">
         <f t="shared" si="5"/>
         <v>0.85</v>
       </c>
-      <c r="BE6" s="31">
+      <c r="BE6" s="28">
         <f t="shared" si="5"/>
         <v>0.7688984881209503</v>
       </c>
-      <c r="BF6" s="31">
+      <c r="BF6" s="28">
         <f t="shared" si="5"/>
         <v>0.8651685393258427</v>
       </c>
-      <c r="BG6" s="31">
+      <c r="BG6" s="28">
         <f t="shared" si="5"/>
         <v>0.83870967741935487</v>
       </c>
-      <c r="BH6" s="31">
+      <c r="BH6" s="28">
         <f t="shared" si="5"/>
         <v>0.85669781931464173</v>
       </c>
-      <c r="BI6" s="31">
+      <c r="BI6" s="28">
         <f t="shared" si="5"/>
         <v>0.89320388349514568</v>
       </c>
-      <c r="BJ6" s="31">
+      <c r="BJ6" s="28">
         <f t="shared" si="5"/>
-        <v>0.87987012987012991</v>
-[...1 lines deleted...]
-      <c r="BK6" s="31">
+        <v>0.88025889967637538</v>
+      </c>
+      <c r="BK6" s="28">
         <f t="shared" si="5"/>
-        <v>0.86096256684491979</v>
-[...1 lines deleted...]
-      <c r="BL6" s="31">
+        <v>0.86133333333333328</v>
+      </c>
+      <c r="BL6" s="28">
         <f t="shared" si="5"/>
-        <v>0.86851211072664358</v>
-[...1 lines deleted...]
-      <c r="BM6" s="31">
+        <v>0.8682432432432432</v>
+      </c>
+      <c r="BM6" s="28">
         <f t="shared" si="5"/>
-        <v>0.80423280423280419</v>
-[...1 lines deleted...]
-      <c r="BN6" s="31">
+        <v>0.80729166666666663</v>
+      </c>
+      <c r="BN6" s="28">
         <f t="shared" si="5"/>
-        <v>0.83775811209439532</v>
-[...1 lines deleted...]
-      <c r="BO6" s="31">
+        <v>0.84104046242774566</v>
+      </c>
+      <c r="BO6" s="28">
         <f t="shared" si="5"/>
-        <v>0.81196581196581197</v>
-[...1 lines deleted...]
-      <c r="BP6" s="31">
+        <v>0.8204419889502762</v>
+      </c>
+      <c r="BP6" s="28">
+        <f t="shared" si="5"/>
+        <v>0.80742459396751742</v>
+      </c>
+      <c r="BQ6" s="28">
+        <f t="shared" si="5"/>
+        <v>0.84881209503239741</v>
+      </c>
+      <c r="BR6" s="28">
+        <f t="shared" si="5"/>
+        <v>0.88563049853372433</v>
+      </c>
+      <c r="BS6" s="28">
         <f t="shared" si="3"/>
-        <v>0.80941176470588239</v>
-[...1 lines deleted...]
-      <c r="BQ6" s="31">
+        <v>0.80211081794195249</v>
+      </c>
+      <c r="BT6" s="28">
         <f t="shared" si="3"/>
-        <v>0.83777727985659867</v>
+        <v>0.84483133841131663</v>
       </c>
     </row>
-    <row r="7" spans="1:129" s="16" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="16" t="s">
+    <row r="7" spans="1:132" s="30" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="C7" s="17">
+      <c r="C7" s="31">
         <f>AVERAGE(B6:C6)</f>
         <v>0.94389204545454541</v>
       </c>
-      <c r="D7" s="17">
+      <c r="D7" s="31">
         <f>AVERAGE(B6:D6)</f>
         <v>0.93332640428677005</v>
       </c>
-      <c r="E7" s="17">
+      <c r="E7" s="31">
         <f>AVERAGE(B6:E6)</f>
         <v>0.94582813654841091</v>
       </c>
-      <c r="F7" s="17">
+      <c r="F7" s="31">
         <f>AVERAGE(B6:F6)</f>
         <v>0.94372718585564408</v>
       </c>
-      <c r="G7" s="17">
+      <c r="G7" s="31">
         <f>AVERAGE(B6:G6)</f>
         <v>0.93869157379862234</v>
       </c>
-      <c r="H7" s="17">
+      <c r="H7" s="31">
         <f>AVERAGE(B6:H6)</f>
         <v>0.93923973977484543</v>
       </c>
-      <c r="I7" s="17">
+      <c r="I7" s="31">
         <f>AVERAGE(B6:I6)</f>
         <v>0.93658887066364549</v>
       </c>
-      <c r="J7" s="17">
+      <c r="J7" s="31">
         <f>AVERAGE(B6:J6)</f>
         <v>0.93375800849114166</v>
       </c>
-      <c r="K7" s="17">
+      <c r="K7" s="31">
         <f>AVERAGE(B6:K6)</f>
         <v>0.92234942075678161</v>
       </c>
-      <c r="L7" s="17">
+      <c r="L7" s="31">
         <f>AVERAGE(B6:L6)</f>
         <v>0.89784290775869036</v>
       </c>
-      <c r="M7" s="17">
+      <c r="M7" s="31">
         <f>AVERAGE(B6:M6)</f>
         <v>0.87760013023419858</v>
       </c>
-      <c r="N7" s="17">
+      <c r="N7" s="31">
         <f t="shared" ref="N7:X7" si="6">AVERAGE(SUM(B5:N5)/SUM(B4:N4))</f>
         <v>0.89307583608101748</v>
       </c>
-      <c r="O7" s="17">
+      <c r="O7" s="31">
         <f t="shared" si="6"/>
         <v>0.87676387582314208</v>
       </c>
-      <c r="P7" s="17">
+      <c r="P7" s="31">
         <f t="shared" si="6"/>
         <v>0.86069889899473428</v>
       </c>
-      <c r="Q7" s="17">
+      <c r="Q7" s="31">
         <f t="shared" si="6"/>
         <v>0.84161337924249879</v>
       </c>
-      <c r="R7" s="17">
+      <c r="R7" s="31">
         <f t="shared" si="6"/>
         <v>0.80900621118012417</v>
       </c>
-      <c r="S7" s="17">
+      <c r="S7" s="31">
         <f t="shared" si="6"/>
         <v>0.77480314960629926</v>
       </c>
-      <c r="T7" s="17">
+      <c r="T7" s="31">
         <f t="shared" si="6"/>
         <v>0.73820395738203959</v>
       </c>
-      <c r="U7" s="17">
+      <c r="U7" s="31">
         <f t="shared" si="6"/>
         <v>0.71361281205840787</v>
       </c>
-      <c r="V7" s="17">
+      <c r="V7" s="31">
         <f t="shared" si="6"/>
         <v>0.68843537414965983</v>
       </c>
-      <c r="W7" s="17">
+      <c r="W7" s="31">
         <f t="shared" si="6"/>
         <v>0.68199233716475094</v>
       </c>
-      <c r="X7" s="17">
+      <c r="X7" s="31">
         <f t="shared" si="6"/>
         <v>0.68545878693623641</v>
       </c>
-      <c r="Y7" s="17">
+      <c r="Y7" s="31">
         <f t="shared" ref="Y7" si="7">AVERAGE(SUM(M5:Y5)/SUM(M4:Y4))</f>
         <v>0.68833450456781453</v>
       </c>
-      <c r="Z7" s="17">
+      <c r="Z7" s="31">
         <f t="shared" ref="Z7" si="8">AVERAGE(SUM(N5:Z5)/SUM(N4:Z4))</f>
         <v>0.6886348352387357</v>
       </c>
-      <c r="AA7" s="17">
+      <c r="AA7" s="31">
         <f t="shared" ref="AA7" si="9">AVERAGE(SUM(O5:AA5)/SUM(O4:AA4))</f>
         <v>0.68971009875756606</v>
       </c>
-      <c r="AB7" s="17">
+      <c r="AB7" s="31">
         <f t="shared" ref="AB7" si="10">AVERAGE(SUM(P5:AB5)/SUM(P4:AB4))</f>
         <v>0.68955873213175889</v>
       </c>
-      <c r="AC7" s="17">
+      <c r="AC7" s="31">
         <f t="shared" ref="AC7" si="11">AVERAGE(SUM(Q5:AC5)/SUM(Q4:AC4))</f>
         <v>0.6966292134831461</v>
       </c>
-      <c r="AD7" s="17">
+      <c r="AD7" s="31">
         <f t="shared" ref="AD7" si="12">AVERAGE(SUM(R5:AD5)/SUM(R4:AD4))</f>
         <v>0.70548939878013361</v>
       </c>
-      <c r="AE7" s="17">
+      <c r="AE7" s="31">
         <f t="shared" ref="AE7" si="13">AVERAGE(SUM(S5:AE5)/SUM(S4:AE4))</f>
         <v>0.71312622446123708</v>
       </c>
-      <c r="AF7" s="17">
+      <c r="AF7" s="31">
         <f t="shared" ref="AF7" si="14">AVERAGE(SUM(T5:AF5)/SUM(T4:AF4))</f>
         <v>0.72542819499341238</v>
       </c>
-      <c r="AG7" s="17">
+      <c r="AG7" s="31">
         <f t="shared" ref="AG7" si="15">AVERAGE(SUM(U5:AG5)/SUM(U4:AG4))</f>
         <v>0.73854720323968615</v>
       </c>
-      <c r="AH7" s="17">
+      <c r="AH7" s="31">
         <f t="shared" ref="AH7" si="16">AVERAGE(SUM(V5:AH5)/SUM(V4:AH4))</f>
         <v>0.74283540451432917</v>
       </c>
-      <c r="AI7" s="17">
+      <c r="AI7" s="31">
         <f t="shared" ref="AI7" si="17">AVERAGE(SUM(W5:AI5)/SUM(W4:AI4))</f>
         <v>0.75275275275275277</v>
       </c>
-      <c r="AJ7" s="17">
+      <c r="AJ7" s="31">
         <f t="shared" ref="AJ7" si="18">AVERAGE(SUM(X5:AJ5)/SUM(X4:AJ4))</f>
         <v>0.76066058664037461</v>
       </c>
-      <c r="AK7" s="17">
+      <c r="AK7" s="31">
         <f t="shared" ref="AK7" si="19">AVERAGE(SUM(Y5:AK5)/SUM(Y4:AK4))</f>
         <v>0.76993275696445729</v>
       </c>
-      <c r="AL7" s="17">
+      <c r="AL7" s="31">
         <f t="shared" ref="AL7" si="20">AVERAGE(SUM(Z5:AL5)/SUM(Z4:AL4))</f>
         <v>0.78379709431174582</v>
       </c>
-      <c r="AM7" s="17">
+      <c r="AM7" s="31">
         <f t="shared" ref="AM7" si="21">AVERAGE(SUM(AA5:AM5)/SUM(AA4:AM4))</f>
         <v>0.79679922405431625</v>
       </c>
-      <c r="AN7" s="17">
+      <c r="AN7" s="31">
         <f t="shared" ref="AN7" si="22">AVERAGE(SUM(AB5:AN5)/SUM(AB4:AN4))</f>
         <v>0.80947728382999506</v>
       </c>
-      <c r="AO7" s="17">
+      <c r="AO7" s="31">
         <f t="shared" ref="AO7" si="23">AVERAGE(SUM(AC5:AO5)/SUM(AC4:AO4))</f>
         <v>0.8182932810201079</v>
       </c>
-      <c r="AP7" s="17">
+      <c r="AP7" s="31">
         <f t="shared" ref="AP7" si="24">AVERAGE(SUM(AD5:AP5)/SUM(AD4:AP4))</f>
         <v>0.81917677849155368</v>
       </c>
-      <c r="AQ7" s="17">
+      <c r="AQ7" s="31">
         <f t="shared" ref="AQ7" si="25">AVERAGE(SUM(AE5:AQ5)/SUM(AE4:AQ4))</f>
         <v>0.8244311377245509</v>
       </c>
-      <c r="AR7" s="17">
+      <c r="AR7" s="31">
         <f t="shared" ref="AR7" si="26">AVERAGE(SUM(AE5:AR5)/SUM(AE4:AR4))</f>
         <v>0.81517935258092733</v>
       </c>
-      <c r="AS7" s="17">
+      <c r="AS7" s="31">
         <f>AVERAGE(SUM(AE5:AS5)/SUM(AE4:AS4))</f>
         <v>0.81320000000000003</v>
       </c>
-      <c r="AT7" s="17">
+      <c r="AT7" s="31">
         <f>AVERAGE(SUM(AE5:AT5)/SUM(AE4:AT4))</f>
         <v>0.81606805293005669</v>
       </c>
-      <c r="AU7" s="17">
+      <c r="AU7" s="31">
         <f>AVERAGE(SUM(AE5:AU5)/SUM(AE4:AU4))</f>
         <v>0.818839301464103</v>
       </c>
-      <c r="AV7" s="17">
+      <c r="AV7" s="31">
         <f>AVERAGE(SUM(AE5:AV5)/SUM(AE4:AV4))</f>
         <v>0.82304254262539311</v>
       </c>
-      <c r="AW7" s="17">
+      <c r="AW7" s="31">
         <f>AVERAGE(SUM(AE5:AW5)/SUM(AE4:AW4))</f>
         <v>0.82445635045698074</v>
       </c>
-      <c r="AX7" s="17">
+      <c r="AX7" s="31">
         <f>AVERAGE(SUM(AE5:AX5)/SUM(AE4:AX4))</f>
         <v>0.8266406952352412</v>
       </c>
-      <c r="AY7" s="17">
+      <c r="AY7" s="31">
         <f>AVERAGE(SUM(AE5:AY5)/SUM(AE4:AY4))</f>
         <v>0.82587064676616917</v>
       </c>
-      <c r="AZ7" s="17">
+      <c r="AZ7" s="31">
         <f>AVERAGE(SUM(AE5:AZ5)/SUM(AE4:AZ4))</f>
         <v>0.82571819425444593</v>
       </c>
-      <c r="BA7" s="17">
+      <c r="BA7" s="31">
         <f>AVERAGE(SUM(AE5:BA5)/SUM(AE4:BA4))</f>
         <v>0.82903395630429055</v>
       </c>
-      <c r="BB7" s="17">
+      <c r="BB7" s="31">
         <f>AVERAGE(SUM(AE5:BB5)/SUM(AE4:BB4))</f>
         <v>0.83027696977361831</v>
       </c>
-      <c r="BC7" s="17">
+      <c r="BC7" s="31">
         <f>AVERAGE(SUM(AE5:BC5)/SUM(AE4:BC4))</f>
         <v>0.83061572158676078</v>
       </c>
-      <c r="BD7" s="17">
+      <c r="BD7" s="31">
         <f>AVERAGE(SUM(AE5:BD5)/SUM(AE4:BD4))</f>
         <v>0.83142923758451859</v>
       </c>
-      <c r="BE7" s="17">
+      <c r="BE7" s="31">
         <f>AVERAGE(SUM(AE5:BE5)/SUM(AE4:BE4))</f>
         <v>0.82822696604357926</v>
       </c>
-      <c r="BF7" s="17">
+      <c r="BF7" s="31">
         <f>AVERAGE(SUM(AE5:BF5)/SUM(AE4:BF4))</f>
         <v>0.82928663515255696</v>
       </c>
-      <c r="BG7" s="17">
+      <c r="BG7" s="31">
         <f>AVERAGE(SUM(AE5:BG5)/SUM(AE4:BG4))</f>
         <v>0.82956086366955251</v>
       </c>
-      <c r="BH7" s="17">
+      <c r="BH7" s="31">
         <f>AVERAGE(SUM(AE5:BH5)/SUM(AE4:BH4))</f>
         <v>0.83044004844570041</v>
       </c>
-      <c r="BI7" s="17">
+      <c r="BI7" s="31">
         <f>AVERAGE(SUM(AE5:BI5)/SUM(AE4:BI4))</f>
         <v>0.83233825976313991</v>
       </c>
-      <c r="BJ7" s="17">
+      <c r="BJ7" s="31">
         <f>AVERAGE(SUM(AE5:BJ5)/SUM(AE4:BJ4))</f>
-        <v>0.833729216152019</v>
-[...1 lines deleted...]
-      <c r="BK7" s="17">
+        <v>0.83374501235037046</v>
+      </c>
+      <c r="BK7" s="31">
         <f>AVERAGE(SUM(AE5:BK5)/SUM(AE4:BK4))</f>
-        <v>0.83466373061748789</v>
-[...1 lines deleted...]
-      <c r="BL7" s="17">
+        <v>0.83469406476470054</v>
+      </c>
+      <c r="BL7" s="31">
         <f>AVERAGE(SUM(AE5:BL5)/SUM(AE4:BL4))</f>
-        <v>0.83553807651054701</v>
-[...1 lines deleted...]
-      <c r="BM7" s="17">
+        <v>0.83558095918549613</v>
+      </c>
+      <c r="BM7" s="31">
         <f>AVERAGE(SUM(AE5:BM5)/SUM(AE4:BM4))</f>
-        <v>0.83451495763444583</v>
-[...1 lines deleted...]
-      <c r="BN7" s="17">
+        <v>0.83464294965892405</v>
+      </c>
+      <c r="BN7" s="31">
         <f>AVERAGE(SUM(AE5:BN5)/SUM(AE4:BN4))</f>
-        <v>0.83460730785384296</v>
-[...1 lines deleted...]
-      <c r="BO7" s="17">
+        <v>0.83482854028674436</v>
+      </c>
+      <c r="BO7" s="31">
         <f>AVERAGE(SUM(AE5:BO5)/SUM(AE4:BO4))</f>
-        <v>0.83395887728459528</v>
-[...54 lines deleted...]
-      <c r="DY7" s="18"/>
+        <v>0.83440475221743027</v>
+      </c>
+      <c r="BP7" s="31">
+        <f>AVERAGE(SUM(AE5:BP5)/SUM(AE4:BP4))</f>
+        <v>0.83349056603773586</v>
+      </c>
+      <c r="BQ7" s="31">
+        <f>AVERAGE(SUM(AE5:BQ5)/SUM(AE4:BQ4))</f>
+        <v>0.8340286732913601</v>
+      </c>
+      <c r="BR7" s="31">
+        <f>AVERAGE(SUM(AE5:BR5)/SUM(AE4:BR4))</f>
+        <v>0.8353297840875481</v>
+      </c>
+      <c r="BS7" s="31">
+        <f>AVERAGE(SUM(AF5:BS5)/SUM(AF4:BS4))</f>
+        <v>0.8357048555082881</v>
+      </c>
+      <c r="CE7" s="32"/>
+      <c r="CF7" s="32"/>
+      <c r="CG7" s="32"/>
+      <c r="CH7" s="32"/>
+      <c r="CI7" s="32"/>
+      <c r="CJ7" s="32"/>
+      <c r="CK7" s="32"/>
+      <c r="CL7" s="32"/>
+      <c r="CM7" s="32"/>
+      <c r="CN7" s="32"/>
+      <c r="CO7" s="32"/>
+      <c r="CP7" s="32"/>
+      <c r="CQ7" s="32"/>
+      <c r="CR7" s="32"/>
+      <c r="CS7" s="32"/>
+      <c r="CT7" s="32"/>
+      <c r="CU7" s="32"/>
+      <c r="CV7" s="32"/>
+      <c r="CW7" s="32"/>
+      <c r="CX7" s="32"/>
+      <c r="CY7" s="32"/>
+      <c r="CZ7" s="32"/>
+      <c r="DA7" s="32"/>
+      <c r="DB7" s="32"/>
+      <c r="DC7" s="32"/>
+      <c r="DD7" s="32"/>
+      <c r="DE7" s="32"/>
+      <c r="DF7" s="32"/>
+      <c r="DG7" s="32"/>
+      <c r="DH7" s="32"/>
+      <c r="DI7" s="32"/>
+      <c r="DJ7" s="32"/>
+      <c r="DK7" s="32"/>
+      <c r="DL7" s="32"/>
+      <c r="DM7" s="32"/>
+      <c r="DN7" s="32"/>
+      <c r="DO7" s="32"/>
+      <c r="DP7" s="32"/>
+      <c r="DQ7" s="32"/>
+      <c r="DR7" s="32"/>
+      <c r="DS7" s="32"/>
+      <c r="DT7" s="32"/>
+      <c r="DU7" s="32"/>
+      <c r="DV7" s="32"/>
+      <c r="DW7" s="32"/>
+      <c r="DX7" s="32"/>
+      <c r="DY7" s="32"/>
+      <c r="DZ7" s="32"/>
+      <c r="EA7" s="32"/>
+      <c r="EB7" s="32"/>
     </row>
-    <row r="8" spans="1:129" s="21" customFormat="1" x14ac:dyDescent="0.25">
-[...115 lines deleted...]
-      <c r="DY8" s="23"/>
+    <row r="8" spans="1:132" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C8" s="19"/>
+      <c r="D8" s="19"/>
+      <c r="E8" s="19"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="19"/>
+      <c r="J8" s="19"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="19"/>
+      <c r="M8" s="19"/>
+      <c r="N8" s="19"/>
+      <c r="O8" s="19"/>
+      <c r="P8" s="19"/>
+      <c r="Q8" s="19"/>
+      <c r="R8" s="19"/>
+      <c r="S8" s="19"/>
+      <c r="T8" s="19"/>
+      <c r="U8" s="19"/>
+      <c r="V8" s="19"/>
+      <c r="W8" s="19"/>
+      <c r="X8" s="19"/>
+      <c r="Y8" s="19"/>
+      <c r="Z8" s="19"/>
+      <c r="AA8" s="19"/>
+      <c r="AB8" s="19"/>
+      <c r="AC8" s="19"/>
+      <c r="AD8" s="19"/>
+      <c r="AE8" s="19"/>
+      <c r="AF8" s="19"/>
+      <c r="AG8" s="19"/>
+      <c r="AH8" s="19"/>
+      <c r="AI8" s="19"/>
+      <c r="AJ8" s="19"/>
+      <c r="AK8" s="19"/>
+      <c r="AL8" s="19"/>
+      <c r="AM8" s="19"/>
+      <c r="AN8" s="19"/>
+      <c r="AO8" s="19"/>
+      <c r="AP8" s="19"/>
+      <c r="AQ8" s="19"/>
+      <c r="AR8" s="19"/>
+      <c r="AS8" s="19"/>
+      <c r="AT8" s="19"/>
+      <c r="AU8" s="19"/>
+      <c r="AV8" s="19"/>
+      <c r="AW8" s="19"/>
+      <c r="AX8" s="19"/>
+      <c r="AY8" s="19"/>
+      <c r="AZ8" s="19"/>
+      <c r="BA8" s="19"/>
+      <c r="BB8" s="19"/>
+      <c r="BC8" s="19"/>
+      <c r="BD8" s="19"/>
+      <c r="BE8" s="19"/>
+      <c r="BF8" s="19"/>
+      <c r="BG8" s="19"/>
+      <c r="BH8" s="19"/>
+      <c r="BI8" s="19"/>
+      <c r="BJ8" s="19"/>
+      <c r="BK8" s="19"/>
+      <c r="BL8" s="19"/>
+      <c r="BM8" s="19"/>
+      <c r="BN8" s="19"/>
+      <c r="BO8" s="19"/>
+      <c r="BP8" s="19"/>
+      <c r="BQ8" s="19"/>
+      <c r="BR8" s="19"/>
+      <c r="BS8" s="19"/>
+      <c r="CE8" s="20"/>
+      <c r="CF8" s="20"/>
+      <c r="CG8" s="20"/>
+      <c r="CH8" s="20"/>
+      <c r="CI8" s="20"/>
+      <c r="CJ8" s="20"/>
+      <c r="CK8" s="20"/>
+      <c r="CL8" s="20"/>
+      <c r="CM8" s="20"/>
+      <c r="CN8" s="20"/>
+      <c r="CO8" s="20"/>
+      <c r="CP8" s="20"/>
+      <c r="CQ8" s="20"/>
+      <c r="CR8" s="20"/>
+      <c r="CS8" s="20"/>
+      <c r="CT8" s="20"/>
+      <c r="CU8" s="20"/>
+      <c r="CV8" s="20"/>
+      <c r="CW8" s="20"/>
+      <c r="CX8" s="20"/>
+      <c r="CY8" s="20"/>
+      <c r="CZ8" s="20"/>
+      <c r="DA8" s="20"/>
+      <c r="DB8" s="20"/>
+      <c r="DC8" s="20"/>
+      <c r="DD8" s="20"/>
+      <c r="DE8" s="20"/>
+      <c r="DF8" s="20"/>
+      <c r="DG8" s="20"/>
+      <c r="DH8" s="20"/>
+      <c r="DI8" s="20"/>
+      <c r="DJ8" s="20"/>
+      <c r="DK8" s="20"/>
+      <c r="DL8" s="20"/>
+      <c r="DM8" s="20"/>
+      <c r="DN8" s="20"/>
+      <c r="DO8" s="20"/>
+      <c r="DP8" s="20"/>
+      <c r="DQ8" s="20"/>
+      <c r="DR8" s="20"/>
+      <c r="DS8" s="20"/>
+      <c r="DT8" s="20"/>
+      <c r="DU8" s="20"/>
+      <c r="DV8" s="20"/>
+      <c r="DW8" s="20"/>
+      <c r="DX8" s="20"/>
+      <c r="DY8" s="20"/>
+      <c r="DZ8" s="20"/>
+      <c r="EA8" s="20"/>
+      <c r="EB8" s="20"/>
     </row>
-    <row r="9" spans="1:129" s="24" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="24" t="s">
+    <row r="9" spans="1:132" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="25">
+      <c r="C9" s="22">
         <f>STDEV($B$6:C$6)</f>
         <v>3.1136804285203108E-2</v>
       </c>
-      <c r="D9" s="25">
+      <c r="D9" s="22">
         <f>STDEV($B$6:D$6)</f>
         <v>2.8629505940656511E-2</v>
       </c>
-      <c r="E9" s="25">
+      <c r="E9" s="22">
         <f>STDEV($B$6:E$6)</f>
         <v>3.4228725437918231E-2</v>
       </c>
-      <c r="F9" s="25">
+      <c r="F9" s="22">
         <f>STDEV($B$6:F$6)</f>
         <v>3.0012900607829941E-2</v>
       </c>
-      <c r="G9" s="25">
+      <c r="G9" s="22">
         <f>STDEV($B$6:G$6)</f>
         <v>2.9542574279323081E-2</v>
       </c>
-      <c r="H9" s="25">
+      <c r="H9" s="22">
         <f>STDEV($B$6:H$6)</f>
         <v>2.7007526372664865E-2</v>
       </c>
-      <c r="I9" s="25">
+      <c r="I9" s="22">
         <f>STDEV($B$6:I$6)</f>
         <v>2.6104068864902793E-2</v>
       </c>
-      <c r="J9" s="25">
+      <c r="J9" s="22">
         <f>STDEV($B$6:J$6)</f>
         <v>2.585282645375659E-2</v>
       </c>
-      <c r="K9" s="25">
+      <c r="K9" s="22">
         <f>STDEV($B$6:K$6)</f>
         <v>4.3539225932890599E-2</v>
       </c>
-      <c r="L9" s="25">
+      <c r="L9" s="22">
         <f>STDEV($B$6:L$6)</f>
         <v>9.1172138002426684E-2</v>
       </c>
-      <c r="M9" s="25">
+      <c r="M9" s="22">
         <f>STDEV($B$6:M$6)</f>
         <v>0.1116867506632797</v>
       </c>
-      <c r="N9" s="25">
+      <c r="N9" s="22">
         <f>STDEV($B$6:N$6)</f>
         <v>0.10966907080346647</v>
       </c>
-      <c r="O9" s="25">
+      <c r="O9" s="22">
         <f>STDEV($B$6:O$6)</f>
         <v>0.10869657876491334</v>
       </c>
-      <c r="P9" s="25">
+      <c r="P9" s="22">
         <f>STDEV($B$6:P$6)</f>
         <v>0.11145877877619363</v>
       </c>
-      <c r="Q9" s="25">
+      <c r="Q9" s="22">
         <f>STDEV($B$6:Q$6)</f>
         <v>0.1169691604455235</v>
       </c>
-      <c r="R9" s="25">
+      <c r="R9" s="22">
         <f>STDEV($B$6:R$6)</f>
         <v>0.12411672958026598</v>
       </c>
-      <c r="S9" s="25">
+      <c r="S9" s="22">
         <f>STDEV($B$6:S$6)</f>
         <v>0.13402254218673071</v>
       </c>
-      <c r="T9" s="25">
+      <c r="T9" s="22">
         <f>STDEV($B$6:T$6)</f>
         <v>0.14023991494217586</v>
       </c>
-      <c r="U9" s="25">
+      <c r="U9" s="22">
         <f>STDEV($B$6:U$6)</f>
         <v>0.1389933855118074</v>
       </c>
-      <c r="V9" s="25">
+      <c r="V9" s="22">
         <f>STDEV($B$6:V$6)</f>
         <v>0.13953761817090668</v>
       </c>
-      <c r="W9" s="25">
+      <c r="W9" s="22">
         <f>STDEV($B$6:W$6)</f>
         <v>0.13657893774223723</v>
       </c>
-      <c r="X9" s="25">
+      <c r="X9" s="22">
         <f>STDEV($B$6:X$6)</f>
         <v>0.13378284461770021</v>
       </c>
-      <c r="Y9" s="25">
+      <c r="Y9" s="22">
         <f>STDEV($B$6:Y$6)</f>
         <v>0.13197773888330269</v>
       </c>
-      <c r="Z9" s="25">
+      <c r="Z9" s="22">
         <f>STDEV($B$6:Z$6)</f>
         <v>0.13103667958191312</v>
       </c>
-      <c r="AA9" s="25">
+      <c r="AA9" s="22">
         <f>STDEV($B$6:AA$6)</f>
         <v>0.12852934922581813</v>
       </c>
-      <c r="AB9" s="25">
+      <c r="AB9" s="22">
         <f>STDEV($B$6:AB$6)</f>
         <v>0.12619997175805006</v>
       </c>
-      <c r="AC9" s="25">
+      <c r="AC9" s="22">
         <f>STDEV($B$6:AC$6)</f>
         <v>0.1239891518606225</v>
       </c>
-      <c r="AD9" s="25">
+      <c r="AD9" s="22">
         <f>STDEV($B$6:AD$6)</f>
         <v>0.12176442289127201</v>
       </c>
-      <c r="AE9" s="25">
+      <c r="AE9" s="22">
         <f>STDEV($B$6:AE$6)</f>
         <v>0.11965675682970021</v>
       </c>
-      <c r="AF9" s="25">
+      <c r="AF9" s="22">
         <f>STDEV($B$6:AF$6)</f>
         <v>0.1176490528174218</v>
       </c>
-      <c r="AG9" s="25">
+      <c r="AG9" s="22">
         <f>STDEV($B$6:AG$6)</f>
         <v>0.11574582266299376</v>
       </c>
-      <c r="AH9" s="25">
+      <c r="AH9" s="22">
         <f>STDEV($B$6:AH$6)</f>
         <v>0.11411827125495512</v>
       </c>
-      <c r="AI9" s="25">
+      <c r="AI9" s="22">
         <f>STDEV($B$6:AI$6)</f>
         <v>0.11238896947823401</v>
       </c>
-      <c r="AJ9" s="25">
+      <c r="AJ9" s="22">
         <f>STDEV($B$6:AJ$6)</f>
         <v>0.1112150462015959</v>
       </c>
-      <c r="AK9" s="25">
+      <c r="AK9" s="22">
         <f>STDEV($B$6:AK$6)</f>
         <v>0.11020452366157556</v>
       </c>
-      <c r="AL9" s="25">
+      <c r="AL9" s="22">
         <f>STDEV($B$6:AL$6)</f>
         <v>0.11059598297987011</v>
       </c>
-      <c r="AM9" s="25">
+      <c r="AM9" s="22">
         <f>STDEV($B$6:AM$6)</f>
         <v>0.10972062953911638</v>
       </c>
-      <c r="AN9" s="25">
+      <c r="AN9" s="22">
         <f>STDEV($B$6:AN$6)</f>
         <v>0.11043001970072601</v>
       </c>
-      <c r="AO9" s="25">
+      <c r="AO9" s="22">
         <f>STDEV($B$6:AO$6)</f>
         <v>0.1101352032601271</v>
       </c>
-      <c r="AP9" s="25">
+      <c r="AP9" s="22">
         <f>STDEV($B$6:AP$6)</f>
         <v>0.10885854404010632</v>
       </c>
-      <c r="AQ9" s="25">
+      <c r="AQ9" s="22">
         <f>STDEV($B$6:AQ$6)</f>
         <v>0.1080845430916428</v>
       </c>
-      <c r="AR9" s="25">
+      <c r="AR9" s="22">
         <f>STDEV($B$6:AR$6)</f>
         <v>0.10741650698957371</v>
       </c>
-      <c r="AS9" s="25">
+      <c r="AS9" s="22">
         <f>STDEV($B$6:AS$6)</f>
         <v>0.10616013040696758</v>
       </c>
-      <c r="AT9" s="25">
+      <c r="AT9" s="22">
         <f>STDEV($B$6:AT$6)</f>
         <v>0.10551630078986475</v>
       </c>
-      <c r="AU9" s="25">
+      <c r="AU9" s="22">
         <f>STDEV($B$6:AU$6)</f>
         <v>0.10476063158327723</v>
       </c>
-      <c r="AV9" s="25">
+      <c r="AV9" s="22">
         <f>STDEV($B$6:AV$6)</f>
         <v>0.10448105976183056</v>
       </c>
-      <c r="AW9" s="25">
+      <c r="AW9" s="22">
         <f>STDEV($B$6:AW$6)</f>
         <v>0.10367247350784622</v>
       </c>
-      <c r="AX9" s="25">
+      <c r="AX9" s="22">
         <f>STDEV($B$6:AX$6)</f>
         <v>0.10308276994554798</v>
       </c>
-      <c r="AY9" s="25">
+      <c r="AY9" s="22">
         <f>STDEV($B$6:AY$6)</f>
         <v>0.10203955585707537</v>
       </c>
-      <c r="AZ9" s="25">
+      <c r="AZ9" s="22">
         <f>STDEV($B$6:AZ$6)</f>
         <v>0.10106065978213959</v>
       </c>
-      <c r="BA9" s="25">
+      <c r="BA9" s="22">
         <f>STDEV($B$6:BA$6)</f>
         <v>0.10128180943528266</v>
       </c>
-      <c r="BB9" s="25">
+      <c r="BB9" s="22">
         <f>STDEV($B$6:BB$6)</f>
         <v>0.10062293540786452</v>
       </c>
-      <c r="BC9" s="25">
+      <c r="BC9" s="22">
         <f>STDEV($B$6:BC$6)</f>
         <v>9.9787046188483511E-2</v>
       </c>
-      <c r="BD9" s="25">
+      <c r="BD9" s="22">
         <f>STDEV($B$6:BD$6)</f>
         <v>9.905104126036042E-2</v>
       </c>
-      <c r="BE9" s="25">
+      <c r="BE9" s="22">
         <f>STDEV($B$6:BE$6)</f>
         <v>9.826549414512048E-2</v>
       </c>
-      <c r="BF9" s="25">
+      <c r="BF9" s="22">
         <f>STDEV($B$6:BF$6)</f>
         <v>9.7715821867537106E-2</v>
       </c>
-      <c r="BG9" s="25">
+      <c r="BG9" s="22">
         <f>STDEV($B$6:BG$6)</f>
         <v>9.6952965472929378E-2</v>
       </c>
-      <c r="BH9" s="25">
+      <c r="BH9" s="22">
         <f>STDEV($B$6:BH$6)</f>
         <v>9.6339212628137966E-2</v>
       </c>
-      <c r="BI9" s="25">
+      <c r="BI9" s="22">
         <f>STDEV($B$6:BI$6)</f>
         <v>9.6166397468194345E-2</v>
       </c>
-      <c r="BJ9" s="25">
+      <c r="BJ9" s="22">
         <f>STDEV($B$6:BJ$6)</f>
-        <v>9.5800032796497681E-2</v>
-[...1 lines deleted...]
-      <c r="BK9" s="25">
+        <v>9.5804802162080427E-2</v>
+      </c>
+      <c r="BK9" s="22">
         <f>STDEV($B$6:BK$6)</f>
-        <v>9.523568712731742E-2</v>
-[...1 lines deleted...]
-      <c r="BL9" s="25">
+        <v>9.5243590348690579E-2</v>
+      </c>
+      <c r="BL9" s="22">
         <f>STDEV($B$6:BL$6)</f>
-        <v>9.4748092703807019E-2</v>
-[...1 lines deleted...]
-      <c r="BM9" s="25">
+        <v>9.4753177213168824E-2</v>
+      </c>
+      <c r="BM9" s="22">
         <f>STDEV($B$6:BM$6)</f>
-        <v>9.399726254714226E-2</v>
-[...1 lines deleted...]
-      <c r="BN9" s="25">
+        <v>9.3999497778219102E-2</v>
+      </c>
+      <c r="BN9" s="22">
         <f>STDEV($B$6:BN$6)</f>
-        <v>9.3318239305080819E-2</v>
-[...1 lines deleted...]
-      <c r="BO9" s="25">
+        <v>9.3335448617678021E-2</v>
+      </c>
+      <c r="BO9" s="22">
         <f>STDEV($B$6:BO$6)</f>
-        <v>9.2597635629128247E-2</v>
-[...1 lines deleted...]
-      <c r="BP9" s="25">
+        <v>9.2620952210129601E-2</v>
+      </c>
+      <c r="BP9" s="22">
         <f>STDEV($B$6:BP$6)</f>
-        <v>9.1893849829460653E-2</v>
-[...61 lines deleted...]
-      <c r="DY9" s="27"/>
+        <v>9.1918177391319217E-2</v>
+      </c>
+      <c r="BQ9" s="22">
+        <f>STDEV($B$6:BQ$6)</f>
+        <v>9.1340186660108E-2</v>
+      </c>
+      <c r="BR9" s="22">
+        <f>STDEV($B$6:BR$6)</f>
+        <v>9.1094714972979676E-2</v>
+      </c>
+      <c r="BS9" s="22">
+        <f>STDEV($B$6:BS$6)</f>
+        <v>9.0442218300529051E-2</v>
+      </c>
+      <c r="BT9" s="23"/>
+      <c r="BU9" s="23"/>
+      <c r="BV9" s="23"/>
+      <c r="BW9" s="23"/>
+      <c r="BX9" s="23"/>
+      <c r="BY9" s="23"/>
+      <c r="BZ9" s="23"/>
+      <c r="CA9" s="23"/>
+      <c r="CB9" s="23"/>
+      <c r="CC9" s="23"/>
+      <c r="CD9" s="23"/>
+      <c r="CE9" s="24"/>
+      <c r="CF9" s="24"/>
+      <c r="CG9" s="24"/>
+      <c r="CH9" s="24"/>
+      <c r="CI9" s="24"/>
+      <c r="CJ9" s="24"/>
+      <c r="CK9" s="24"/>
+      <c r="CL9" s="24"/>
+      <c r="CM9" s="24"/>
+      <c r="CN9" s="24"/>
+      <c r="CO9" s="24"/>
+      <c r="CP9" s="24"/>
+      <c r="CQ9" s="24"/>
+      <c r="CR9" s="24"/>
+      <c r="CS9" s="24"/>
+      <c r="CT9" s="24"/>
+      <c r="CU9" s="24"/>
+      <c r="CV9" s="24"/>
+      <c r="CW9" s="24"/>
+      <c r="CX9" s="24"/>
+      <c r="CY9" s="24"/>
+      <c r="CZ9" s="24"/>
+      <c r="DA9" s="24"/>
+      <c r="DB9" s="24"/>
+      <c r="DC9" s="24"/>
+      <c r="DD9" s="24"/>
+      <c r="DE9" s="24"/>
+      <c r="DF9" s="24"/>
+      <c r="DG9" s="24"/>
+      <c r="DH9" s="24"/>
+      <c r="DI9" s="24"/>
+      <c r="DJ9" s="24"/>
+      <c r="DK9" s="24"/>
+      <c r="DL9" s="24"/>
+      <c r="DM9" s="24"/>
+      <c r="DN9" s="24"/>
+      <c r="DO9" s="24"/>
+      <c r="DP9" s="24"/>
+      <c r="DQ9" s="24"/>
+      <c r="DR9" s="24"/>
+      <c r="DS9" s="24"/>
+      <c r="DT9" s="24"/>
+      <c r="DU9" s="24"/>
+      <c r="DV9" s="24"/>
+      <c r="DW9" s="24"/>
+      <c r="DX9" s="24"/>
+      <c r="DY9" s="24"/>
+      <c r="DZ9" s="24"/>
+      <c r="EA9" s="24"/>
+      <c r="EB9" s="24"/>
     </row>
-    <row r="10" spans="1:129" s="24" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="24" t="s">
+    <row r="10" spans="1:132" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="25">
+      <c r="C10" s="22">
         <f t="shared" ref="C10:N10" si="27">C7+3*C9</f>
         <v>1.0373024583101547</v>
       </c>
-      <c r="D10" s="25">
+      <c r="D10" s="22">
         <f t="shared" si="27"/>
         <v>1.0192149221087397</v>
       </c>
-      <c r="E10" s="25">
+      <c r="E10" s="22">
         <f t="shared" si="27"/>
         <v>1.0485143128621657</v>
       </c>
-      <c r="F10" s="25">
+      <c r="F10" s="22">
         <f t="shared" si="27"/>
         <v>1.033765887679134</v>
       </c>
-      <c r="G10" s="25">
+      <c r="G10" s="22">
         <f t="shared" si="27"/>
         <v>1.0273192966365916</v>
       </c>
-      <c r="H10" s="25">
+      <c r="H10" s="22">
         <f t="shared" si="27"/>
         <v>1.0202623188928399</v>
       </c>
-      <c r="I10" s="25">
+      <c r="I10" s="22">
         <f t="shared" si="27"/>
         <v>1.0149010772583538</v>
       </c>
-      <c r="J10" s="25">
+      <c r="J10" s="22">
         <f t="shared" si="27"/>
         <v>1.0113164878524115</v>
       </c>
-      <c r="K10" s="25">
+      <c r="K10" s="22">
         <f t="shared" si="27"/>
         <v>1.0529670985554533</v>
       </c>
-      <c r="L10" s="25">
+      <c r="L10" s="22">
         <f t="shared" si="27"/>
         <v>1.1713593217659704</v>
       </c>
-      <c r="M10" s="25">
+      <c r="M10" s="22">
         <f t="shared" si="27"/>
         <v>1.2126603822240376</v>
       </c>
-      <c r="N10" s="25">
+      <c r="N10" s="22">
         <f t="shared" si="27"/>
         <v>1.2220830484914169</v>
       </c>
-      <c r="O10" s="25">
+      <c r="O10" s="22">
         <f>O7+3*O9</f>
         <v>1.2028536121178821</v>
       </c>
-      <c r="P10" s="25">
+      <c r="P10" s="22">
         <f>P7+3*P9</f>
         <v>1.1950752353233152</v>
       </c>
-      <c r="Q10" s="25">
+      <c r="Q10" s="22">
         <f>Q7+3*Q9</f>
         <v>1.1925208605790694</v>
       </c>
-      <c r="R10" s="25">
+      <c r="R10" s="22">
         <f t="shared" ref="R10" si="28">R7+3*R9</f>
         <v>1.1813563999209222</v>
       </c>
-      <c r="S10" s="25">
+      <c r="S10" s="22">
         <f t="shared" ref="S10" si="29">S7+3*S9</f>
         <v>1.1768707761664914</v>
       </c>
-      <c r="T10" s="25">
+      <c r="T10" s="22">
         <f t="shared" ref="T10" si="30">T7+3*T9</f>
         <v>1.1589237022085672</v>
       </c>
-      <c r="U10" s="25">
+      <c r="U10" s="22">
         <f t="shared" ref="U10:V10" si="31">U7+3*U9</f>
         <v>1.1305929685938301</v>
       </c>
-      <c r="V10" s="25">
+      <c r="V10" s="22">
         <f t="shared" si="31"/>
         <v>1.10704822866238</v>
       </c>
-      <c r="W10" s="25">
+      <c r="W10" s="22">
         <f t="shared" ref="W10" si="32">W7+3*W9</f>
         <v>1.0917291503914626</v>
       </c>
-      <c r="X10" s="25">
+      <c r="X10" s="22">
         <f t="shared" ref="X10" si="33">X7+3*X9</f>
         <v>1.0868073207893372</v>
       </c>
-      <c r="Y10" s="25">
+      <c r="Y10" s="22">
         <f t="shared" ref="Y10:AA10" si="34">Y7+3*Y9</f>
         <v>1.0842677212177225</v>
       </c>
-      <c r="Z10" s="25">
+      <c r="Z10" s="22">
         <f t="shared" si="34"/>
         <v>1.0817448739844751</v>
       </c>
-      <c r="AA10" s="25">
+      <c r="AA10" s="22">
         <f t="shared" si="34"/>
         <v>1.0752981464350204</v>
       </c>
-      <c r="AB10" s="25">
+      <c r="AB10" s="22">
         <f t="shared" ref="AB10:AD10" si="35">AB7+3*AB9</f>
         <v>1.068158647405909</v>
       </c>
-      <c r="AC10" s="25">
+      <c r="AC10" s="22">
         <f t="shared" si="35"/>
         <v>1.0685966690650135</v>
       </c>
-      <c r="AD10" s="25">
+      <c r="AD10" s="22">
         <f t="shared" si="35"/>
         <v>1.0707826674539498</v>
       </c>
-      <c r="AE10" s="25">
+      <c r="AE10" s="22">
         <f t="shared" ref="AE10" si="36">AE7+3*AE9</f>
         <v>1.0720964949503378</v>
       </c>
-      <c r="AF10" s="25">
+      <c r="AF10" s="22">
         <f>AF7+(3*AF9)</f>
         <v>1.0783753534456779</v>
       </c>
-      <c r="AG10" s="25">
+      <c r="AG10" s="22">
         <f t="shared" ref="AG10" si="37">AG7+(3*AG9)</f>
         <v>1.0857846712286674</v>
       </c>
-      <c r="AH10" s="25">
+      <c r="AH10" s="22">
         <f t="shared" ref="AH10" si="38">AH7+(3*AH9)</f>
         <v>1.0851902182791946</v>
       </c>
-      <c r="AI10" s="25">
+      <c r="AI10" s="22">
         <f t="shared" ref="AI10" si="39">AI7+(3*AI9)</f>
         <v>1.0899196611874549</v>
       </c>
-      <c r="AJ10" s="25">
+      <c r="AJ10" s="22">
         <f t="shared" ref="AJ10:AK10" si="40">AJ7+(3*AJ9)</f>
         <v>1.0943057252451625</v>
       </c>
-      <c r="AK10" s="25">
+      <c r="AK10" s="22">
         <f t="shared" si="40"/>
         <v>1.1005463279491838</v>
       </c>
-      <c r="AL10" s="25">
+      <c r="AL10" s="22">
         <f t="shared" ref="AL10:AM10" si="41">AL7+(3*AL9)</f>
         <v>1.1155850432513561</v>
       </c>
-      <c r="AM10" s="25">
+      <c r="AM10" s="22">
         <f t="shared" si="41"/>
         <v>1.1259611126716653</v>
       </c>
-      <c r="AN10" s="25">
+      <c r="AN10" s="22">
         <f t="shared" ref="AN10" si="42">AN7+(3*AN9)</f>
         <v>1.1407673429321732</v>
       </c>
-      <c r="AO10" s="25">
+      <c r="AO10" s="22">
         <f t="shared" ref="AO10:AP10" si="43">AO7+(3*AO9)</f>
         <v>1.1486988908004891</v>
       </c>
-      <c r="AP10" s="25">
+      <c r="AP10" s="22">
         <f t="shared" si="43"/>
         <v>1.1457524106118726</v>
       </c>
-      <c r="AQ10" s="25">
+      <c r="AQ10" s="22">
         <f t="shared" ref="AQ10" si="44">AQ7+(3*AQ9)</f>
         <v>1.1486847669994793</v>
       </c>
-      <c r="AR10" s="25">
+      <c r="AR10" s="22">
         <f t="shared" ref="AR10:AS10" si="45">AR7+(3*AR9)</f>
         <v>1.1374288735496485</v>
       </c>
-      <c r="AS10" s="25">
+      <c r="AS10" s="22">
         <f t="shared" si="45"/>
         <v>1.1316803912209028</v>
       </c>
-      <c r="AT10" s="25">
+      <c r="AT10" s="22">
         <f t="shared" ref="AT10" si="46">AT7+(3*AT9)</f>
         <v>1.132616955299651</v>
       </c>
-      <c r="AU10" s="25">
+      <c r="AU10" s="22">
         <f t="shared" ref="AU10:AW10" si="47">AU7+(3*AU9)</f>
         <v>1.1331211962139347</v>
       </c>
-      <c r="AV10" s="25">
+      <c r="AV10" s="22">
         <f t="shared" si="47"/>
         <v>1.1364857219108848</v>
       </c>
-      <c r="AW10" s="25">
+      <c r="AW10" s="22">
         <f t="shared" si="47"/>
         <v>1.1354737709805194</v>
       </c>
-      <c r="AX10" s="25">
+      <c r="AX10" s="22">
         <f t="shared" ref="AX10" si="48">AX7+(3*AX9)</f>
         <v>1.1358890050718851</v>
       </c>
-      <c r="AY10" s="25">
+      <c r="AY10" s="22">
         <f t="shared" ref="AY10:AZ10" si="49">AY7+(3*AY9)</f>
         <v>1.1319893143373954</v>
       </c>
-      <c r="AZ10" s="25">
+      <c r="AZ10" s="22">
         <f t="shared" si="49"/>
         <v>1.1289001736008646</v>
       </c>
-      <c r="BA10" s="25">
+      <c r="BA10" s="22">
         <f t="shared" ref="BA10" si="50">BA7+(3*BA9)</f>
         <v>1.1328793846101386</v>
       </c>
-      <c r="BB10" s="25">
+      <c r="BB10" s="22">
         <f t="shared" ref="BB10" si="51">BB7+(3*BB9)</f>
         <v>1.1321457759972118</v>
       </c>
-      <c r="BC10" s="25">
-        <f t="shared" ref="BC10:BP10" si="52">BC7+(3*BC9)</f>
+      <c r="BC10" s="22">
+        <f t="shared" ref="BC10" si="52">BC7+(3*BC9)</f>
         <v>1.1299768601522113</v>
       </c>
-      <c r="BD10" s="25">
-        <f t="shared" ref="BD10:BP10" si="53">BD7+(3*BD9)</f>
+      <c r="BD10" s="22">
+        <f t="shared" ref="BD10" si="53">BD7+(3*BD9)</f>
         <v>1.1285823613655999</v>
       </c>
-      <c r="BE10" s="25">
-        <f t="shared" si="53"/>
+      <c r="BE10" s="22">
+        <f t="shared" ref="BE10:BF10" si="54">BE7+(3*BE9)</f>
         <v>1.1230234484789408</v>
       </c>
-      <c r="BF10" s="25">
-        <f t="shared" si="53"/>
+      <c r="BF10" s="22">
+        <f t="shared" si="54"/>
         <v>1.1224341007551684</v>
       </c>
-      <c r="BG10" s="25">
-        <f t="shared" si="53"/>
+      <c r="BG10" s="22">
+        <f t="shared" ref="BG10" si="55">BG7+(3*BG9)</f>
         <v>1.1204197600883408</v>
       </c>
-      <c r="BH10" s="25">
-        <f t="shared" si="53"/>
+      <c r="BH10" s="22">
+        <f t="shared" ref="BH10:BS10" si="56">BH7+(3*BH9)</f>
         <v>1.1194576863301142</v>
       </c>
-      <c r="BI10" s="25">
-        <f t="shared" si="53"/>
+      <c r="BI10" s="22">
+        <f t="shared" si="56"/>
         <v>1.1208374521677229</v>
       </c>
-      <c r="BJ10" s="25">
-[...87 lines deleted...]
-      <c r="DY10" s="27"/>
+      <c r="BJ10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1211594188366116</v>
+      </c>
+      <c r="BK10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1204248358107722</v>
+      </c>
+      <c r="BL10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1198404908250026</v>
+      </c>
+      <c r="BM10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1166414429935814</v>
+      </c>
+      <c r="BN10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1148348861397785</v>
+      </c>
+      <c r="BO10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1122676088478189</v>
+      </c>
+      <c r="BP10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1092450982116935</v>
+      </c>
+      <c r="BQ10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.108049233271684</v>
+      </c>
+      <c r="BR10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1086139290064871</v>
+      </c>
+      <c r="BS10" s="22">
+        <f t="shared" si="56"/>
+        <v>1.1070315104098754</v>
+      </c>
+      <c r="BT10" s="23"/>
+      <c r="BU10" s="23"/>
+      <c r="BV10" s="23"/>
+      <c r="BW10" s="23"/>
+      <c r="BX10" s="23"/>
+      <c r="BY10" s="23"/>
+      <c r="BZ10" s="23"/>
+      <c r="CA10" s="23"/>
+      <c r="CB10" s="23"/>
+      <c r="CC10" s="23"/>
+      <c r="CD10" s="23"/>
+      <c r="CE10" s="24"/>
+      <c r="CF10" s="24"/>
+      <c r="CG10" s="24"/>
+      <c r="CH10" s="24"/>
+      <c r="CI10" s="24"/>
+      <c r="CJ10" s="24"/>
+      <c r="CK10" s="24"/>
+      <c r="CL10" s="24"/>
+      <c r="CM10" s="24"/>
+      <c r="CN10" s="24"/>
+      <c r="CO10" s="24"/>
+      <c r="CP10" s="24"/>
+      <c r="CQ10" s="24"/>
+      <c r="CR10" s="24"/>
+      <c r="CS10" s="24"/>
+      <c r="CT10" s="24"/>
+      <c r="CU10" s="24"/>
+      <c r="CV10" s="24"/>
+      <c r="CW10" s="24"/>
+      <c r="CX10" s="24"/>
+      <c r="CY10" s="24"/>
+      <c r="CZ10" s="24"/>
+      <c r="DA10" s="24"/>
+      <c r="DB10" s="24"/>
+      <c r="DC10" s="24"/>
+      <c r="DD10" s="24"/>
+      <c r="DE10" s="24"/>
+      <c r="DF10" s="24"/>
+      <c r="DG10" s="24"/>
+      <c r="DH10" s="24"/>
+      <c r="DI10" s="24"/>
+      <c r="DJ10" s="24"/>
+      <c r="DK10" s="24"/>
+      <c r="DL10" s="24"/>
+      <c r="DM10" s="24"/>
+      <c r="DN10" s="24"/>
+      <c r="DO10" s="24"/>
+      <c r="DP10" s="24"/>
+      <c r="DQ10" s="24"/>
+      <c r="DR10" s="24"/>
+      <c r="DS10" s="24"/>
+      <c r="DT10" s="24"/>
+      <c r="DU10" s="24"/>
+      <c r="DV10" s="24"/>
+      <c r="DW10" s="24"/>
+      <c r="DX10" s="24"/>
+      <c r="DY10" s="24"/>
+      <c r="DZ10" s="24"/>
+      <c r="EA10" s="24"/>
+      <c r="EB10" s="24"/>
     </row>
-    <row r="11" spans="1:129" s="24" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="24" t="s">
+    <row r="11" spans="1:132" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="21" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="25">
-        <f t="shared" ref="C11:M11" si="54">C7-3*C9</f>
+      <c r="C11" s="22">
+        <f t="shared" ref="C11:M11" si="57">C7-3*C9</f>
         <v>0.85048163259893605</v>
       </c>
-      <c r="D11" s="25">
-        <f t="shared" si="54"/>
+      <c r="D11" s="22">
+        <f t="shared" si="57"/>
         <v>0.84743788646480056</v>
       </c>
-      <c r="E11" s="25">
-        <f t="shared" si="54"/>
+      <c r="E11" s="22">
+        <f t="shared" si="57"/>
         <v>0.84314196023465626</v>
       </c>
-      <c r="F11" s="25">
-        <f t="shared" si="54"/>
+      <c r="F11" s="22">
+        <f t="shared" si="57"/>
         <v>0.85368848403215425</v>
       </c>
-      <c r="G11" s="25">
-        <f t="shared" si="54"/>
+      <c r="G11" s="22">
+        <f t="shared" si="57"/>
         <v>0.85006385096065307</v>
       </c>
-      <c r="H11" s="25">
-        <f t="shared" si="54"/>
+      <c r="H11" s="22">
+        <f t="shared" si="57"/>
         <v>0.85821716065685083</v>
       </c>
-      <c r="I11" s="25">
-        <f t="shared" si="54"/>
+      <c r="I11" s="22">
+        <f t="shared" si="57"/>
         <v>0.8582766640689371</v>
       </c>
-      <c r="J11" s="25">
-        <f t="shared" si="54"/>
+      <c r="J11" s="22">
+        <f t="shared" si="57"/>
         <v>0.85619952912987185</v>
       </c>
-      <c r="K11" s="25">
-        <f t="shared" si="54"/>
+      <c r="K11" s="22">
+        <f t="shared" si="57"/>
         <v>0.79173174295810989</v>
       </c>
-      <c r="L11" s="25">
-        <f t="shared" si="54"/>
+      <c r="L11" s="22">
+        <f t="shared" si="57"/>
         <v>0.62432649375141036</v>
       </c>
-      <c r="M11" s="25">
-        <f t="shared" si="54"/>
+      <c r="M11" s="22">
+        <f t="shared" si="57"/>
         <v>0.54253987824435956</v>
       </c>
-      <c r="N11" s="25">
+      <c r="N11" s="22">
         <f>N7-3*N9</f>
         <v>0.56406862367061805</v>
       </c>
-      <c r="O11" s="25">
+      <c r="O11" s="22">
         <f>O7-3*O9</f>
         <v>0.55067413952840205</v>
       </c>
-      <c r="P11" s="25">
+      <c r="P11" s="22">
         <f>P7-3*P9</f>
         <v>0.5263225626661534</v>
       </c>
-      <c r="Q11" s="25">
+      <c r="Q11" s="22">
         <f>Q7-3*Q9</f>
         <v>0.49070589790592833</v>
       </c>
-      <c r="R11" s="25">
-        <f t="shared" ref="R11" si="55">R7-3*R9</f>
+      <c r="R11" s="22">
+        <f t="shared" ref="R11" si="58">R7-3*R9</f>
         <v>0.43665602243932622</v>
       </c>
-      <c r="S11" s="25">
-        <f t="shared" ref="S11" si="56">S7-3*S9</f>
+      <c r="S11" s="22">
+        <f t="shared" ref="S11" si="59">S7-3*S9</f>
         <v>0.37273552304610713</v>
       </c>
-      <c r="T11" s="25">
-        <f t="shared" ref="T11" si="57">T7-3*T9</f>
+      <c r="T11" s="22">
+        <f t="shared" ref="T11" si="60">T7-3*T9</f>
         <v>0.31748421255551201</v>
       </c>
-      <c r="U11" s="25">
-        <f t="shared" ref="U11:V11" si="58">U7-3*U9</f>
+      <c r="U11" s="22">
+        <f t="shared" ref="U11:V11" si="61">U7-3*U9</f>
         <v>0.29663265552298568</v>
       </c>
-      <c r="V11" s="25">
-        <f t="shared" si="58"/>
+      <c r="V11" s="22">
+        <f t="shared" si="61"/>
         <v>0.26982251963693982</v>
       </c>
-      <c r="W11" s="25">
-        <f t="shared" ref="W11" si="59">W7-3*W9</f>
+      <c r="W11" s="22">
+        <f t="shared" ref="W11" si="62">W7-3*W9</f>
         <v>0.27225552393803926</v>
       </c>
-      <c r="X11" s="25">
-        <f t="shared" ref="X11" si="60">X7-3*X9</f>
+      <c r="X11" s="22">
+        <f t="shared" ref="X11" si="63">X7-3*X9</f>
         <v>0.28411025308313576</v>
       </c>
-      <c r="Y11" s="25">
-        <f t="shared" ref="Y11:AA11" si="61">Y7-3*Y9</f>
+      <c r="Y11" s="22">
+        <f t="shared" ref="Y11:AA11" si="64">Y7-3*Y9</f>
         <v>0.29240128791790643</v>
       </c>
-      <c r="Z11" s="25">
-        <f t="shared" si="61"/>
+      <c r="Z11" s="22">
+        <f t="shared" si="64"/>
         <v>0.29552479649299634</v>
       </c>
-      <c r="AA11" s="25">
-        <f t="shared" si="61"/>
+      <c r="AA11" s="22">
+        <f t="shared" si="64"/>
         <v>0.3041220510801117</v>
       </c>
-      <c r="AB11" s="25">
-        <f t="shared" ref="AB11:AD11" si="62">AB7-3*AB9</f>
+      <c r="AB11" s="22">
+        <f t="shared" ref="AB11:AD11" si="65">AB7-3*AB9</f>
         <v>0.31095881685760873</v>
       </c>
-      <c r="AC11" s="25">
-        <f t="shared" si="62"/>
+      <c r="AC11" s="22">
+        <f t="shared" si="65"/>
         <v>0.3246617579012786</v>
       </c>
-      <c r="AD11" s="25">
-        <f t="shared" si="62"/>
+      <c r="AD11" s="22">
+        <f t="shared" si="65"/>
         <v>0.34019613010631755</v>
       </c>
-      <c r="AE11" s="25">
-        <f t="shared" ref="AE11" si="63">AE7-3*AE9</f>
+      <c r="AE11" s="22">
+        <f t="shared" ref="AE11" si="66">AE7-3*AE9</f>
         <v>0.35415595397213645</v>
       </c>
-      <c r="AF11" s="25">
+      <c r="AF11" s="22">
         <f>AF7-(3*AF9)</f>
         <v>0.37248103654114695</v>
       </c>
-      <c r="AG11" s="25">
-        <f t="shared" ref="AG11" si="64">AG7-(3*AG9)</f>
+      <c r="AG11" s="22">
+        <f t="shared" ref="AG11" si="67">AG7-(3*AG9)</f>
         <v>0.39130973525070489</v>
       </c>
-      <c r="AH11" s="25">
-        <f t="shared" ref="AH11" si="65">AH7-(3*AH9)</f>
+      <c r="AH11" s="22">
+        <f t="shared" ref="AH11" si="68">AH7-(3*AH9)</f>
         <v>0.40048059074946379</v>
       </c>
-      <c r="AI11" s="25">
-        <f t="shared" ref="AI11" si="66">AI7-(3*AI9)</f>
+      <c r="AI11" s="22">
+        <f t="shared" ref="AI11" si="69">AI7-(3*AI9)</f>
         <v>0.41558584431805073</v>
       </c>
-      <c r="AJ11" s="25">
-        <f t="shared" ref="AJ11:AK11" si="67">AJ7-(3*AJ9)</f>
+      <c r="AJ11" s="22">
+        <f t="shared" ref="AJ11:AK11" si="70">AJ7-(3*AJ9)</f>
         <v>0.42701544803558689</v>
       </c>
-      <c r="AK11" s="25">
-        <f t="shared" si="67"/>
+      <c r="AK11" s="22">
+        <f t="shared" si="70"/>
         <v>0.43931918597973063</v>
       </c>
-      <c r="AL11" s="25">
-        <f t="shared" ref="AL11:AM11" si="68">AL7-(3*AL9)</f>
+      <c r="AL11" s="22">
+        <f t="shared" ref="AL11:AM11" si="71">AL7-(3*AL9)</f>
         <v>0.45200914537213549</v>
       </c>
-      <c r="AM11" s="25">
-        <f t="shared" si="68"/>
+      <c r="AM11" s="22">
+        <f t="shared" si="71"/>
         <v>0.46763733543696712</v>
       </c>
-      <c r="AN11" s="25">
-        <f t="shared" ref="AN11" si="69">AN7-(3*AN9)</f>
+      <c r="AN11" s="22">
+        <f t="shared" ref="AN11" si="72">AN7-(3*AN9)</f>
         <v>0.47818722472781705</v>
       </c>
-      <c r="AO11" s="25">
-        <f t="shared" ref="AO11:AP11" si="70">AO7-(3*AO9)</f>
+      <c r="AO11" s="22">
+        <f t="shared" ref="AO11:AP11" si="73">AO7-(3*AO9)</f>
         <v>0.48788767123972659</v>
       </c>
-      <c r="AP11" s="25">
-        <f t="shared" si="70"/>
+      <c r="AP11" s="22">
+        <f t="shared" si="73"/>
         <v>0.4926011463712347</v>
       </c>
-      <c r="AQ11" s="25">
-        <f t="shared" ref="AQ11" si="71">AQ7-(3*AQ9)</f>
+      <c r="AQ11" s="22">
+        <f t="shared" ref="AQ11" si="74">AQ7-(3*AQ9)</f>
         <v>0.5001775084496225</v>
       </c>
-      <c r="AR11" s="25">
-        <f t="shared" ref="AR11:AS11" si="72">AR7-(3*AR9)</f>
+      <c r="AR11" s="22">
+        <f t="shared" ref="AR11:AS11" si="75">AR7-(3*AR9)</f>
         <v>0.49292983161220622</v>
       </c>
-      <c r="AS11" s="25">
-        <f t="shared" si="72"/>
+      <c r="AS11" s="22">
+        <f t="shared" si="75"/>
         <v>0.49471960877909732</v>
       </c>
-      <c r="AT11" s="25">
-        <f t="shared" ref="AT11" si="73">AT7-(3*AT9)</f>
+      <c r="AT11" s="22">
+        <f t="shared" ref="AT11" si="76">AT7-(3*AT9)</f>
         <v>0.49951915056046242</v>
       </c>
-      <c r="AU11" s="25">
-        <f t="shared" ref="AU11:AW11" si="74">AU7-(3*AU9)</f>
+      <c r="AU11" s="22">
+        <f t="shared" ref="AU11:AW11" si="77">AU7-(3*AU9)</f>
         <v>0.50455740671427129</v>
       </c>
-      <c r="AV11" s="25">
-        <f t="shared" si="74"/>
+      <c r="AV11" s="22">
+        <f t="shared" si="77"/>
         <v>0.50959936333990141</v>
       </c>
-      <c r="AW11" s="25">
-        <f t="shared" si="74"/>
+      <c r="AW11" s="22">
+        <f t="shared" si="77"/>
         <v>0.51343892993344209</v>
       </c>
-      <c r="AX11" s="25">
-        <f t="shared" ref="AX11" si="75">AX7-(3*AX9)</f>
+      <c r="AX11" s="22">
+        <f t="shared" ref="AX11" si="78">AX7-(3*AX9)</f>
         <v>0.51739238539859733</v>
       </c>
-      <c r="AY11" s="25">
-        <f t="shared" ref="AY11:AZ11" si="76">AY7-(3*AY9)</f>
+      <c r="AY11" s="22">
+        <f t="shared" ref="AY11:AZ11" si="79">AY7-(3*AY9)</f>
         <v>0.51975197919494298</v>
       </c>
-      <c r="AZ11" s="25">
-        <f t="shared" si="76"/>
+      <c r="AZ11" s="22">
+        <f t="shared" si="79"/>
         <v>0.52253621490802715</v>
       </c>
-      <c r="BA11" s="25">
-        <f t="shared" ref="BA11" si="77">BA7-(3*BA9)</f>
+      <c r="BA11" s="22">
+        <f t="shared" ref="BA11" si="80">BA7-(3*BA9)</f>
         <v>0.52518852799844251</v>
       </c>
-      <c r="BB11" s="25">
-        <f t="shared" ref="BB11" si="78">BB7-(3*BB9)</f>
+      <c r="BB11" s="22">
+        <f t="shared" ref="BB11" si="81">BB7-(3*BB9)</f>
         <v>0.52840816355002473</v>
       </c>
-      <c r="BC11" s="25">
-        <f t="shared" ref="BC11:BP11" si="79">BC7-(3*BC9)</f>
+      <c r="BC11" s="22">
+        <f t="shared" ref="BC11" si="82">BC7-(3*BC9)</f>
         <v>0.53125458302131023</v>
       </c>
-      <c r="BD11" s="25">
-        <f t="shared" ref="BD11:BP11" si="80">BD7-(3*BD9)</f>
+      <c r="BD11" s="22">
+        <f t="shared" ref="BD11" si="83">BD7-(3*BD9)</f>
         <v>0.53427611380343731</v>
       </c>
-      <c r="BE11" s="25">
-        <f t="shared" si="80"/>
+      <c r="BE11" s="22">
+        <f t="shared" ref="BE11:BF11" si="84">BE7-(3*BE9)</f>
         <v>0.53343048360821776</v>
       </c>
-      <c r="BF11" s="25">
-        <f t="shared" si="80"/>
+      <c r="BF11" s="22">
+        <f t="shared" si="84"/>
         <v>0.53613916954994567</v>
       </c>
-      <c r="BG11" s="25">
-        <f t="shared" si="80"/>
+      <c r="BG11" s="22">
+        <f t="shared" ref="BG11" si="85">BG7-(3*BG9)</f>
         <v>0.53870196725076436</v>
       </c>
-      <c r="BH11" s="25">
-        <f t="shared" si="80"/>
+      <c r="BH11" s="22">
+        <f t="shared" ref="BH11:BS11" si="86">BH7-(3*BH9)</f>
         <v>0.54142241056128648</v>
       </c>
-      <c r="BI11" s="25">
-        <f t="shared" si="80"/>
+      <c r="BI11" s="22">
+        <f t="shared" si="86"/>
         <v>0.54383906735855692</v>
       </c>
-      <c r="BJ11" s="25">
-[...87 lines deleted...]
-      <c r="DY11" s="27"/>
+      <c r="BJ11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.54633060586412918</v>
+      </c>
+      <c r="BK11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.54896329371862884</v>
+      </c>
+      <c r="BL11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.55132142754598967</v>
+      </c>
+      <c r="BM11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.55264445632426673</v>
+      </c>
+      <c r="BN11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.55482219443371028</v>
+      </c>
+      <c r="BO11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.55654189558704148</v>
+      </c>
+      <c r="BP11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.55773603386377824</v>
+      </c>
+      <c r="BQ11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.56000811331103617</v>
+      </c>
+      <c r="BR11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.56204563916860906</v>
+      </c>
+      <c r="BS11" s="22">
+        <f t="shared" si="86"/>
+        <v>0.56437820060670096</v>
+      </c>
+      <c r="BT11" s="23"/>
+      <c r="BU11" s="23"/>
+      <c r="BV11" s="23"/>
+      <c r="BW11" s="23"/>
+      <c r="BX11" s="23"/>
+      <c r="BY11" s="23"/>
+      <c r="BZ11" s="23"/>
+      <c r="CA11" s="23"/>
+      <c r="CB11" s="23"/>
+      <c r="CC11" s="23"/>
+      <c r="CD11" s="23"/>
+      <c r="CE11" s="24"/>
+      <c r="CF11" s="24"/>
+      <c r="CG11" s="24"/>
+      <c r="CH11" s="24"/>
+      <c r="CI11" s="24"/>
+      <c r="CJ11" s="24"/>
+      <c r="CK11" s="24"/>
+      <c r="CL11" s="24"/>
+      <c r="CM11" s="24"/>
+      <c r="CN11" s="24"/>
+      <c r="CO11" s="24"/>
+      <c r="CP11" s="24"/>
+      <c r="CQ11" s="24"/>
+      <c r="CR11" s="24"/>
+      <c r="CS11" s="24"/>
+      <c r="CT11" s="24"/>
+      <c r="CU11" s="24"/>
+      <c r="CV11" s="24"/>
+      <c r="CW11" s="24"/>
+      <c r="CX11" s="24"/>
+      <c r="CY11" s="24"/>
+      <c r="CZ11" s="24"/>
+      <c r="DA11" s="24"/>
+      <c r="DB11" s="24"/>
+      <c r="DC11" s="24"/>
+      <c r="DD11" s="24"/>
+      <c r="DE11" s="24"/>
+      <c r="DF11" s="24"/>
+      <c r="DG11" s="24"/>
+      <c r="DH11" s="24"/>
+      <c r="DI11" s="24"/>
+      <c r="DJ11" s="24"/>
+      <c r="DK11" s="24"/>
+      <c r="DL11" s="24"/>
+      <c r="DM11" s="24"/>
+      <c r="DN11" s="24"/>
+      <c r="DO11" s="24"/>
+      <c r="DP11" s="24"/>
+      <c r="DQ11" s="24"/>
+      <c r="DR11" s="24"/>
+      <c r="DS11" s="24"/>
+      <c r="DT11" s="24"/>
+      <c r="DU11" s="24"/>
+      <c r="DV11" s="24"/>
+      <c r="DW11" s="24"/>
+      <c r="DX11" s="24"/>
+      <c r="DY11" s="24"/>
+      <c r="DZ11" s="24"/>
+      <c r="EA11" s="24"/>
+      <c r="EB11" s="24"/>
     </row>
-    <row r="12" spans="1:129" s="24" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="24" t="s">
+    <row r="12" spans="1:132" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="21" t="s">
         <v>9</v>
       </c>
-      <c r="C12" s="25">
-        <f t="shared" ref="C12:M12" si="81">C7+2*C9</f>
+      <c r="C12" s="22">
+        <f t="shared" ref="C12:M12" si="87">C7+2*C9</f>
         <v>1.0061656540249517</v>
       </c>
-      <c r="D12" s="25">
-        <f t="shared" si="81"/>
+      <c r="D12" s="22">
+        <f t="shared" si="87"/>
         <v>0.99058541616808304</v>
       </c>
-      <c r="E12" s="25">
-        <f t="shared" si="81"/>
+      <c r="E12" s="22">
+        <f t="shared" si="87"/>
         <v>1.0142855874242473</v>
       </c>
-      <c r="F12" s="25">
-        <f t="shared" si="81"/>
+      <c r="F12" s="22">
+        <f t="shared" si="87"/>
         <v>1.003752987071304</v>
       </c>
-      <c r="G12" s="25">
-        <f t="shared" si="81"/>
+      <c r="G12" s="22">
+        <f t="shared" si="87"/>
         <v>0.99777672235726844</v>
       </c>
-      <c r="H12" s="25">
-        <f t="shared" si="81"/>
+      <c r="H12" s="22">
+        <f t="shared" si="87"/>
         <v>0.99325479252017512</v>
       </c>
-      <c r="I12" s="25">
-        <f t="shared" si="81"/>
+      <c r="I12" s="22">
+        <f t="shared" si="87"/>
         <v>0.98879700839345108</v>
       </c>
-      <c r="J12" s="25">
-        <f t="shared" si="81"/>
+      <c r="J12" s="22">
+        <f t="shared" si="87"/>
         <v>0.98546366139865482</v>
       </c>
-      <c r="K12" s="25">
-        <f t="shared" si="81"/>
+      <c r="K12" s="22">
+        <f t="shared" si="87"/>
         <v>1.0094278726225627</v>
       </c>
-      <c r="L12" s="25">
-        <f t="shared" si="81"/>
+      <c r="L12" s="22">
+        <f t="shared" si="87"/>
         <v>1.0801871837635437</v>
       </c>
-      <c r="M12" s="25">
-        <f t="shared" si="81"/>
+      <c r="M12" s="22">
+        <f t="shared" si="87"/>
         <v>1.1009736315607579</v>
       </c>
-      <c r="N12" s="25">
+      <c r="N12" s="22">
         <f>N7+2*N9</f>
         <v>1.1124139776879505</v>
       </c>
-      <c r="O12" s="25">
+      <c r="O12" s="22">
         <f>O7+2*O9</f>
         <v>1.0941570333529689</v>
       </c>
-      <c r="P12" s="25">
+      <c r="P12" s="22">
         <f>P7+2*P9</f>
         <v>1.0836164565471216</v>
       </c>
-      <c r="Q12" s="25">
+      <c r="Q12" s="22">
         <f>Q7+2*Q9</f>
         <v>1.0755517001335457</v>
       </c>
-      <c r="R12" s="25">
-        <f t="shared" ref="R12" si="82">R7+2*R9</f>
+      <c r="R12" s="22">
+        <f t="shared" ref="R12" si="88">R7+2*R9</f>
         <v>1.0572396703406561</v>
       </c>
-      <c r="S12" s="25">
-        <f t="shared" ref="S12" si="83">S7+2*S9</f>
+      <c r="S12" s="22">
+        <f t="shared" ref="S12" si="89">S7+2*S9</f>
         <v>1.0428482339797607</v>
       </c>
-      <c r="T12" s="25">
-        <f t="shared" ref="T12" si="84">T7+2*T9</f>
+      <c r="T12" s="22">
+        <f t="shared" ref="T12" si="90">T7+2*T9</f>
         <v>1.0186837872663914</v>
       </c>
-      <c r="U12" s="25">
-        <f t="shared" ref="U12:V12" si="85">U7+2*U9</f>
+      <c r="U12" s="22">
+        <f t="shared" ref="U12:V12" si="91">U7+2*U9</f>
         <v>0.99159958308202267</v>
       </c>
-      <c r="V12" s="25">
-        <f t="shared" si="85"/>
+      <c r="V12" s="22">
+        <f t="shared" si="91"/>
         <v>0.96751061049147324</v>
       </c>
-      <c r="W12" s="25">
-        <f t="shared" ref="W12" si="86">W7+2*W9</f>
+      <c r="W12" s="22">
+        <f t="shared" ref="W12" si="92">W7+2*W9</f>
         <v>0.95515021264922539</v>
       </c>
-      <c r="X12" s="25">
-        <f t="shared" ref="X12" si="87">X7+2*X9</f>
+      <c r="X12" s="22">
+        <f t="shared" ref="X12" si="93">X7+2*X9</f>
         <v>0.95302447617163688</v>
       </c>
-      <c r="Y12" s="25">
-        <f t="shared" ref="Y12:AA12" si="88">Y7+2*Y9</f>
+      <c r="Y12" s="22">
+        <f t="shared" ref="Y12:AA12" si="94">Y7+2*Y9</f>
         <v>0.95228998233441997</v>
       </c>
-      <c r="Z12" s="25">
-        <f t="shared" si="88"/>
+      <c r="Z12" s="22">
+        <f t="shared" si="94"/>
         <v>0.95070819440256193</v>
       </c>
-      <c r="AA12" s="25">
-        <f t="shared" si="88"/>
+      <c r="AA12" s="22">
+        <f t="shared" si="94"/>
         <v>0.94676879720920226</v>
       </c>
-      <c r="AB12" s="25">
-        <f t="shared" ref="AB12:AD12" si="89">AB7+2*AB9</f>
+      <c r="AB12" s="22">
+        <f t="shared" ref="AB12:AD12" si="95">AB7+2*AB9</f>
         <v>0.94195867564785907</v>
       </c>
-      <c r="AC12" s="25">
-        <f t="shared" si="89"/>
+      <c r="AC12" s="22">
+        <f t="shared" si="95"/>
         <v>0.94460751720439107</v>
       </c>
-      <c r="AD12" s="25">
-        <f t="shared" si="89"/>
+      <c r="AD12" s="22">
+        <f t="shared" si="95"/>
         <v>0.94901824456267758</v>
       </c>
-      <c r="AE12" s="25">
-        <f t="shared" ref="AE12" si="90">AE7+2*AE9</f>
+      <c r="AE12" s="22">
+        <f t="shared" ref="AE12" si="96">AE7+2*AE9</f>
         <v>0.95243973812063754</v>
       </c>
-      <c r="AF12" s="25">
+      <c r="AF12" s="22">
         <f>AF7+(2*AF9)</f>
         <v>0.96072630062825604</v>
       </c>
-      <c r="AG12" s="25">
-        <f t="shared" ref="AG12" si="91">AG7+(2*AG9)</f>
+      <c r="AG12" s="22">
+        <f t="shared" ref="AG12" si="97">AG7+(2*AG9)</f>
         <v>0.97003884856567368</v>
       </c>
-      <c r="AH12" s="25">
-        <f t="shared" ref="AH12" si="92">AH7+(2*AH9)</f>
+      <c r="AH12" s="22">
+        <f t="shared" ref="AH12" si="98">AH7+(2*AH9)</f>
         <v>0.97107194702423938</v>
       </c>
-      <c r="AI12" s="25">
-        <f t="shared" ref="AI12" si="93">AI7+(2*AI9)</f>
+      <c r="AI12" s="22">
+        <f t="shared" ref="AI12" si="99">AI7+(2*AI9)</f>
         <v>0.9775306917092208</v>
       </c>
-      <c r="AJ12" s="25">
-        <f t="shared" ref="AJ12:AK12" si="94">AJ7+(2*AJ9)</f>
+      <c r="AJ12" s="22">
+        <f t="shared" ref="AJ12:AK12" si="100">AJ7+(2*AJ9)</f>
         <v>0.9830906790435664</v>
       </c>
-      <c r="AK12" s="25">
-        <f t="shared" si="94"/>
+      <c r="AK12" s="22">
+        <f t="shared" si="100"/>
         <v>0.99034180428760843</v>
       </c>
-      <c r="AL12" s="25">
-        <f t="shared" ref="AL12:AM12" si="95">AL7+(2*AL9)</f>
+      <c r="AL12" s="22">
+        <f t="shared" ref="AL12:AM12" si="101">AL7+(2*AL9)</f>
         <v>1.0049890602714862</v>
       </c>
-      <c r="AM12" s="25">
-        <f t="shared" si="95"/>
+      <c r="AM12" s="22">
+        <f t="shared" si="101"/>
         <v>1.0162404831325489</v>
       </c>
-      <c r="AN12" s="25">
-        <f t="shared" ref="AN12" si="96">AN7+(2*AN9)</f>
+      <c r="AN12" s="22">
+        <f t="shared" ref="AN12" si="102">AN7+(2*AN9)</f>
         <v>1.030337323231447</v>
       </c>
-      <c r="AO12" s="25">
-        <f t="shared" ref="AO12:AP12" si="97">AO7+(2*AO9)</f>
+      <c r="AO12" s="22">
+        <f t="shared" ref="AO12:AP12" si="103">AO7+(2*AO9)</f>
         <v>1.0385636875403621</v>
       </c>
-      <c r="AP12" s="25">
-        <f t="shared" si="97"/>
+      <c r="AP12" s="22">
+        <f t="shared" si="103"/>
         <v>1.0368938665717664</v>
       </c>
-      <c r="AQ12" s="25">
-        <f t="shared" ref="AQ12" si="98">AQ7+(2*AQ9)</f>
+      <c r="AQ12" s="22">
+        <f t="shared" ref="AQ12" si="104">AQ7+(2*AQ9)</f>
         <v>1.0406002239078365</v>
       </c>
-      <c r="AR12" s="25">
-        <f t="shared" ref="AR12:AS12" si="99">AR7+(2*AR9)</f>
+      <c r="AR12" s="22">
+        <f t="shared" ref="AR12:AS12" si="105">AR7+(2*AR9)</f>
         <v>1.0300123665600747</v>
       </c>
-      <c r="AS12" s="25">
-        <f t="shared" si="99"/>
+      <c r="AS12" s="22">
+        <f t="shared" si="105"/>
         <v>1.0255202608139351</v>
       </c>
-      <c r="AT12" s="25">
-        <f t="shared" ref="AT12" si="100">AT7+(2*AT9)</f>
+      <c r="AT12" s="22">
+        <f t="shared" ref="AT12" si="106">AT7+(2*AT9)</f>
         <v>1.0271006545097863</v>
       </c>
-      <c r="AU12" s="25">
-        <f t="shared" ref="AU12:AW12" si="101">AU7+(2*AU9)</f>
+      <c r="AU12" s="22">
+        <f t="shared" ref="AU12:AW12" si="107">AU7+(2*AU9)</f>
         <v>1.0283605646306575</v>
       </c>
-      <c r="AV12" s="25">
-        <f t="shared" si="101"/>
+      <c r="AV12" s="22">
+        <f t="shared" si="107"/>
         <v>1.0320046621490542</v>
       </c>
-      <c r="AW12" s="25">
-        <f t="shared" si="101"/>
+      <c r="AW12" s="22">
+        <f t="shared" si="107"/>
         <v>1.0318012974726731</v>
       </c>
-      <c r="AX12" s="25">
-        <f t="shared" ref="AX12" si="102">AX7+(2*AX9)</f>
+      <c r="AX12" s="22">
+        <f t="shared" ref="AX12" si="108">AX7+(2*AX9)</f>
         <v>1.0328062351263372</v>
       </c>
-      <c r="AY12" s="25">
-        <f t="shared" ref="AY12:AZ12" si="103">AY7+(2*AY9)</f>
+      <c r="AY12" s="22">
+        <f t="shared" ref="AY12:AZ12" si="109">AY7+(2*AY9)</f>
         <v>1.0299497584803199</v>
       </c>
-      <c r="AZ12" s="25">
-        <f t="shared" si="103"/>
+      <c r="AZ12" s="22">
+        <f t="shared" si="109"/>
         <v>1.0278395138187251</v>
       </c>
-      <c r="BA12" s="25">
-        <f t="shared" ref="BA12" si="104">BA7+(2*BA9)</f>
+      <c r="BA12" s="22">
+        <f t="shared" ref="BA12" si="110">BA7+(2*BA9)</f>
         <v>1.0315975751748558</v>
       </c>
-      <c r="BB12" s="25">
-        <f t="shared" ref="BB12" si="105">BB7+(2*BB9)</f>
+      <c r="BB12" s="22">
+        <f t="shared" ref="BB12" si="111">BB7+(2*BB9)</f>
         <v>1.0315228405893473</v>
       </c>
-      <c r="BC12" s="25">
-        <f t="shared" ref="BC12:BP12" si="106">BC7+(2*BC9)</f>
+      <c r="BC12" s="22">
+        <f t="shared" ref="BC12" si="112">BC7+(2*BC9)</f>
         <v>1.0301898139637278</v>
       </c>
-      <c r="BD12" s="25">
-        <f t="shared" ref="BD12:BP12" si="107">BD7+(2*BD9)</f>
+      <c r="BD12" s="22">
+        <f t="shared" ref="BD12" si="113">BD7+(2*BD9)</f>
         <v>1.0295313201052394</v>
       </c>
-      <c r="BE12" s="25">
-        <f t="shared" si="107"/>
+      <c r="BE12" s="22">
+        <f t="shared" ref="BE12:BF12" si="114">BE7+(2*BE9)</f>
         <v>1.0247579543338201</v>
       </c>
-      <c r="BF12" s="25">
-        <f t="shared" si="107"/>
+      <c r="BF12" s="22">
+        <f t="shared" si="114"/>
         <v>1.0247182788876312</v>
       </c>
-      <c r="BG12" s="25">
-        <f t="shared" si="107"/>
+      <c r="BG12" s="22">
+        <f t="shared" ref="BG12" si="115">BG7+(2*BG9)</f>
         <v>1.0234667946154112</v>
       </c>
-      <c r="BH12" s="25">
-        <f t="shared" si="107"/>
+      <c r="BH12" s="22">
+        <f t="shared" ref="BH12:BS12" si="116">BH7+(2*BH9)</f>
         <v>1.0231184737019763</v>
       </c>
-      <c r="BI12" s="25">
-        <f t="shared" si="107"/>
+      <c r="BI12" s="22">
+        <f t="shared" si="116"/>
         <v>1.0246710546995286</v>
       </c>
-      <c r="BJ12" s="25">
-[...87 lines deleted...]
-      <c r="DY12" s="27"/>
+      <c r="BJ12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0253546166745313</v>
+      </c>
+      <c r="BK12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0251812454620817</v>
+      </c>
+      <c r="BL12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0250873136118337</v>
+      </c>
+      <c r="BM12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0226419452153623</v>
+      </c>
+      <c r="BN12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0214994375221005</v>
+      </c>
+      <c r="BO12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0196466566376894</v>
+      </c>
+      <c r="BP12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0173269208203743</v>
+      </c>
+      <c r="BQ12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.016709046611576</v>
+      </c>
+      <c r="BR12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0175192140335074</v>
+      </c>
+      <c r="BS12" s="22">
+        <f t="shared" si="116"/>
+        <v>1.0165892921093462</v>
+      </c>
+      <c r="BT12" s="23"/>
+      <c r="BU12" s="23"/>
+      <c r="BV12" s="23"/>
+      <c r="BW12" s="23"/>
+      <c r="BX12" s="23"/>
+      <c r="BY12" s="23"/>
+      <c r="BZ12" s="23"/>
+      <c r="CA12" s="23"/>
+      <c r="CB12" s="23"/>
+      <c r="CC12" s="23"/>
+      <c r="CD12" s="23"/>
+      <c r="CE12" s="24"/>
+      <c r="CF12" s="24"/>
+      <c r="CG12" s="24"/>
+      <c r="CH12" s="24"/>
+      <c r="CI12" s="24"/>
+      <c r="CJ12" s="24"/>
+      <c r="CK12" s="24"/>
+      <c r="CL12" s="24"/>
+      <c r="CM12" s="24"/>
+      <c r="CN12" s="24"/>
+      <c r="CO12" s="24"/>
+      <c r="CP12" s="24"/>
+      <c r="CQ12" s="24"/>
+      <c r="CR12" s="24"/>
+      <c r="CS12" s="24"/>
+      <c r="CT12" s="24"/>
+      <c r="CU12" s="24"/>
+      <c r="CV12" s="24"/>
+      <c r="CW12" s="24"/>
+      <c r="CX12" s="24"/>
+      <c r="CY12" s="24"/>
+      <c r="CZ12" s="24"/>
+      <c r="DA12" s="24"/>
+      <c r="DB12" s="24"/>
+      <c r="DC12" s="24"/>
+      <c r="DD12" s="24"/>
+      <c r="DE12" s="24"/>
+      <c r="DF12" s="24"/>
+      <c r="DG12" s="24"/>
+      <c r="DH12" s="24"/>
+      <c r="DI12" s="24"/>
+      <c r="DJ12" s="24"/>
+      <c r="DK12" s="24"/>
+      <c r="DL12" s="24"/>
+      <c r="DM12" s="24"/>
+      <c r="DN12" s="24"/>
+      <c r="DO12" s="24"/>
+      <c r="DP12" s="24"/>
+      <c r="DQ12" s="24"/>
+      <c r="DR12" s="24"/>
+      <c r="DS12" s="24"/>
+      <c r="DT12" s="24"/>
+      <c r="DU12" s="24"/>
+      <c r="DV12" s="24"/>
+      <c r="DW12" s="24"/>
+      <c r="DX12" s="24"/>
+      <c r="DY12" s="24"/>
+      <c r="DZ12" s="24"/>
+      <c r="EA12" s="24"/>
+      <c r="EB12" s="24"/>
     </row>
-    <row r="13" spans="1:129" s="24" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="24" t="s">
+    <row r="13" spans="1:132" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="C13" s="25">
-        <f t="shared" ref="C13:M13" si="108">C7-2*C9</f>
+      <c r="C13" s="22">
+        <f t="shared" ref="C13:M13" si="117">C7-2*C9</f>
         <v>0.88161843688413921</v>
       </c>
-      <c r="D13" s="25">
-        <f t="shared" si="108"/>
+      <c r="D13" s="22">
+        <f t="shared" si="117"/>
         <v>0.87606739240545706</v>
       </c>
-      <c r="E13" s="25">
-        <f t="shared" si="108"/>
+      <c r="E13" s="22">
+        <f t="shared" si="117"/>
         <v>0.87737068567257448</v>
       </c>
-      <c r="F13" s="25">
-        <f t="shared" si="108"/>
+      <c r="F13" s="22">
+        <f t="shared" si="117"/>
         <v>0.88370138463998416</v>
       </c>
-      <c r="G13" s="25">
-        <f t="shared" si="108"/>
+      <c r="G13" s="22">
+        <f t="shared" si="117"/>
         <v>0.87960642523997623</v>
       </c>
-      <c r="H13" s="25">
-        <f t="shared" si="108"/>
+      <c r="H13" s="22">
+        <f t="shared" si="117"/>
         <v>0.88522468702951573</v>
       </c>
-      <c r="I13" s="25">
-        <f t="shared" si="108"/>
+      <c r="I13" s="22">
+        <f t="shared" si="117"/>
         <v>0.8843807329338399</v>
       </c>
-      <c r="J13" s="25">
-        <f t="shared" si="108"/>
+      <c r="J13" s="22">
+        <f t="shared" si="117"/>
         <v>0.88205235558362849</v>
       </c>
-      <c r="K13" s="25">
-        <f t="shared" si="108"/>
+      <c r="K13" s="22">
+        <f t="shared" si="117"/>
         <v>0.83527096889100039</v>
       </c>
-      <c r="L13" s="25">
-        <f t="shared" si="108"/>
+      <c r="L13" s="22">
+        <f t="shared" si="117"/>
         <v>0.71549863175383699</v>
       </c>
-      <c r="M13" s="25">
-        <f t="shared" si="108"/>
+      <c r="M13" s="22">
+        <f t="shared" si="117"/>
         <v>0.65422662890763916</v>
       </c>
-      <c r="N13" s="25">
+      <c r="N13" s="22">
         <f>N7-2*N9</f>
         <v>0.67373769447408449</v>
       </c>
-      <c r="O13" s="25">
+      <c r="O13" s="22">
         <f>O7-2*O9</f>
         <v>0.65937071829331539</v>
       </c>
-      <c r="P13" s="25">
+      <c r="P13" s="22">
         <f>P7-2*P9</f>
         <v>0.63778134144234699</v>
       </c>
-      <c r="Q13" s="25">
+      <c r="Q13" s="22">
         <f>Q7-2*Q9</f>
         <v>0.60767505835145186</v>
       </c>
-      <c r="R13" s="25">
-        <f t="shared" ref="R13" si="109">R7-2*R9</f>
+      <c r="R13" s="22">
+        <f t="shared" ref="R13" si="118">R7-2*R9</f>
         <v>0.5607727520195922</v>
       </c>
-      <c r="S13" s="25">
-        <f t="shared" ref="S13" si="110">S7-2*S9</f>
+      <c r="S13" s="22">
+        <f t="shared" ref="S13" si="119">S7-2*S9</f>
         <v>0.50675806523283784</v>
       </c>
-      <c r="T13" s="25">
-        <f t="shared" ref="T13" si="111">T7-2*T9</f>
+      <c r="T13" s="22">
+        <f t="shared" ref="T13" si="120">T7-2*T9</f>
         <v>0.45772412749768787</v>
       </c>
-      <c r="U13" s="25">
-        <f t="shared" ref="U13:V13" si="112">U7-2*U9</f>
+      <c r="U13" s="22">
+        <f t="shared" ref="U13:V13" si="121">U7-2*U9</f>
         <v>0.43562604103479308</v>
       </c>
-      <c r="V13" s="25">
-        <f t="shared" si="112"/>
+      <c r="V13" s="22">
+        <f t="shared" si="121"/>
         <v>0.40936013780784647</v>
       </c>
-      <c r="W13" s="25">
-        <f t="shared" ref="W13" si="113">W7-2*W9</f>
+      <c r="W13" s="22">
+        <f t="shared" ref="W13" si="122">W7-2*W9</f>
         <v>0.40883446168027648</v>
       </c>
-      <c r="X13" s="25">
-        <f t="shared" ref="X13" si="114">X7-2*X9</f>
+      <c r="X13" s="22">
+        <f t="shared" ref="X13" si="123">X7-2*X9</f>
         <v>0.41789309770083599</v>
       </c>
-      <c r="Y13" s="25">
-        <f t="shared" ref="Y13:AA13" si="115">Y7-2*Y9</f>
+      <c r="Y13" s="22">
+        <f t="shared" ref="Y13:AA13" si="124">Y7-2*Y9</f>
         <v>0.42437902680120915</v>
       </c>
-      <c r="Z13" s="25">
-        <f t="shared" si="115"/>
+      <c r="Z13" s="22">
+        <f t="shared" si="124"/>
         <v>0.42656147607490946</v>
       </c>
-      <c r="AA13" s="25">
-        <f t="shared" si="115"/>
+      <c r="AA13" s="22">
+        <f t="shared" si="124"/>
         <v>0.4326514003059298</v>
       </c>
-      <c r="AB13" s="25">
-        <f t="shared" ref="AB13:AD13" si="116">AB7-2*AB9</f>
+      <c r="AB13" s="22">
+        <f t="shared" ref="AB13:AD13" si="125">AB7-2*AB9</f>
         <v>0.43715878861565877</v>
       </c>
-      <c r="AC13" s="25">
-        <f t="shared" si="116"/>
+      <c r="AC13" s="22">
+        <f t="shared" si="125"/>
         <v>0.44865090976190114</v>
       </c>
-      <c r="AD13" s="25">
-        <f t="shared" si="116"/>
+      <c r="AD13" s="22">
+        <f t="shared" si="125"/>
         <v>0.46196055299758959</v>
       </c>
-      <c r="AE13" s="25">
-        <f t="shared" ref="AE13" si="117">AE7-2*AE9</f>
+      <c r="AE13" s="22">
+        <f t="shared" ref="AE13" si="126">AE7-2*AE9</f>
         <v>0.47381271080183662</v>
       </c>
-      <c r="AF13" s="25">
+      <c r="AF13" s="22">
         <f>AF7-(2*AF9)</f>
         <v>0.49013008935856878</v>
       </c>
-      <c r="AG13" s="25">
-        <f t="shared" ref="AG13" si="118">AG7-(2*AG9)</f>
+      <c r="AG13" s="22">
+        <f t="shared" ref="AG13" si="127">AG7-(2*AG9)</f>
         <v>0.50705555791369861</v>
       </c>
-      <c r="AH13" s="25">
-        <f t="shared" ref="AH13" si="119">AH7-(2*AH9)</f>
+      <c r="AH13" s="22">
+        <f t="shared" ref="AH13" si="128">AH7-(2*AH9)</f>
         <v>0.51459886200441896</v>
       </c>
-      <c r="AI13" s="25">
-        <f t="shared" ref="AI13" si="120">AI7-(2*AI9)</f>
+      <c r="AI13" s="22">
+        <f t="shared" ref="AI13" si="129">AI7-(2*AI9)</f>
         <v>0.52797481379628475</v>
       </c>
-      <c r="AJ13" s="25">
-        <f t="shared" ref="AJ13:AK13" si="121">AJ7-(2*AJ9)</f>
+      <c r="AJ13" s="22">
+        <f t="shared" ref="AJ13:AK13" si="130">AJ7-(2*AJ9)</f>
         <v>0.53823049423718283</v>
       </c>
-      <c r="AK13" s="25">
-        <f t="shared" si="121"/>
+      <c r="AK13" s="22">
+        <f t="shared" si="130"/>
         <v>0.54952370964130615</v>
       </c>
-      <c r="AL13" s="25">
-        <f t="shared" ref="AL13:AM13" si="122">AL7-(2*AL9)</f>
+      <c r="AL13" s="22">
+        <f t="shared" ref="AL13:AM13" si="131">AL7-(2*AL9)</f>
         <v>0.5626051283520056</v>
       </c>
-      <c r="AM13" s="25">
-        <f t="shared" si="122"/>
+      <c r="AM13" s="22">
+        <f t="shared" si="131"/>
         <v>0.57735796497608349</v>
       </c>
-      <c r="AN13" s="25">
-        <f t="shared" ref="AN13" si="123">AN7-(2*AN9)</f>
+      <c r="AN13" s="22">
+        <f t="shared" ref="AN13" si="132">AN7-(2*AN9)</f>
         <v>0.58861724442854302</v>
       </c>
-      <c r="AO13" s="25">
-        <f t="shared" ref="AO13:AP13" si="124">AO7-(2*AO9)</f>
+      <c r="AO13" s="22">
+        <f t="shared" ref="AO13:AP13" si="133">AO7-(2*AO9)</f>
         <v>0.5980228744998537</v>
       </c>
-      <c r="AP13" s="25">
-        <f t="shared" si="124"/>
+      <c r="AP13" s="22">
+        <f t="shared" si="133"/>
         <v>0.60145969041134106</v>
       </c>
-      <c r="AQ13" s="25">
-        <f t="shared" ref="AQ13" si="125">AQ7-(2*AQ9)</f>
+      <c r="AQ13" s="22">
+        <f t="shared" ref="AQ13" si="134">AQ7-(2*AQ9)</f>
         <v>0.60826205154126534</v>
       </c>
-      <c r="AR13" s="25">
-        <f t="shared" ref="AR13:AS13" si="126">AR7-(2*AR9)</f>
+      <c r="AR13" s="22">
+        <f t="shared" ref="AR13:AS13" si="135">AR7-(2*AR9)</f>
         <v>0.60034633860177988</v>
       </c>
-      <c r="AS13" s="25">
-        <f t="shared" si="126"/>
+      <c r="AS13" s="22">
+        <f t="shared" si="135"/>
         <v>0.60087973918606485</v>
       </c>
-      <c r="AT13" s="25">
-        <f t="shared" ref="AT13" si="127">AT7-(2*AT9)</f>
+      <c r="AT13" s="22">
+        <f t="shared" ref="AT13" si="136">AT7-(2*AT9)</f>
         <v>0.60503545135032721</v>
       </c>
-      <c r="AU13" s="25">
-        <f t="shared" ref="AU13:AW13" si="128">AU7-(2*AU9)</f>
+      <c r="AU13" s="22">
+        <f t="shared" ref="AU13:AW13" si="137">AU7-(2*AU9)</f>
         <v>0.60931803829754849</v>
       </c>
-      <c r="AV13" s="25">
-        <f t="shared" si="128"/>
+      <c r="AV13" s="22">
+        <f t="shared" si="137"/>
         <v>0.61408042310173205</v>
       </c>
-      <c r="AW13" s="25">
-        <f t="shared" si="128"/>
+      <c r="AW13" s="22">
+        <f t="shared" si="137"/>
         <v>0.61711140344128834</v>
       </c>
-      <c r="AX13" s="25">
-        <f t="shared" ref="AX13" si="129">AX7-(2*AX9)</f>
+      <c r="AX13" s="22">
+        <f t="shared" ref="AX13" si="138">AX7-(2*AX9)</f>
         <v>0.62047515534414521</v>
       </c>
-      <c r="AY13" s="25">
-        <f t="shared" ref="AY13:AZ13" si="130">AY7-(2*AY9)</f>
+      <c r="AY13" s="22">
+        <f t="shared" ref="AY13:AZ13" si="139">AY7-(2*AY9)</f>
         <v>0.62179153505201845</v>
       </c>
-      <c r="AZ13" s="25">
-        <f t="shared" si="130"/>
+      <c r="AZ13" s="22">
+        <f t="shared" si="139"/>
         <v>0.62359687469016678</v>
       </c>
-      <c r="BA13" s="25">
-        <f t="shared" ref="BA13" si="131">BA7-(2*BA9)</f>
+      <c r="BA13" s="22">
+        <f t="shared" ref="BA13" si="140">BA7-(2*BA9)</f>
         <v>0.62647033743372527</v>
       </c>
-      <c r="BB13" s="25">
-        <f t="shared" ref="BB13" si="132">BB7-(2*BB9)</f>
+      <c r="BB13" s="22">
+        <f t="shared" ref="BB13" si="141">BB7-(2*BB9)</f>
         <v>0.62903109895788933</v>
       </c>
-      <c r="BC13" s="25">
-        <f t="shared" ref="BC13:BP13" si="133">BC7-(2*BC9)</f>
+      <c r="BC13" s="22">
+        <f t="shared" ref="BC13" si="142">BC7-(2*BC9)</f>
         <v>0.63104162920979379</v>
       </c>
-      <c r="BD13" s="25">
-        <f t="shared" ref="BD13:BP13" si="134">BD7-(2*BD9)</f>
+      <c r="BD13" s="22">
+        <f t="shared" ref="BD13" si="143">BD7-(2*BD9)</f>
         <v>0.63332715506379778</v>
       </c>
-      <c r="BE13" s="25">
-        <f t="shared" si="134"/>
+      <c r="BE13" s="22">
+        <f t="shared" ref="BE13:BF13" si="144">BE7-(2*BE9)</f>
         <v>0.6316959777533383</v>
       </c>
-      <c r="BF13" s="25">
-        <f t="shared" si="134"/>
+      <c r="BF13" s="22">
+        <f t="shared" si="144"/>
         <v>0.63385499141748269</v>
       </c>
-      <c r="BG13" s="25">
-        <f t="shared" si="134"/>
+      <c r="BG13" s="22">
+        <f t="shared" ref="BG13" si="145">BG7-(2*BG9)</f>
         <v>0.63565493272369378</v>
       </c>
-      <c r="BH13" s="25">
-        <f t="shared" si="134"/>
+      <c r="BH13" s="22">
+        <f t="shared" ref="BH13:BS13" si="146">BH7-(2*BH9)</f>
         <v>0.63776162318942453</v>
       </c>
-      <c r="BI13" s="25">
-        <f t="shared" si="134"/>
+      <c r="BI13" s="22">
+        <f t="shared" si="146"/>
         <v>0.64000546482675125</v>
       </c>
-      <c r="BJ13" s="25">
-[...87 lines deleted...]
-      <c r="DY13" s="27"/>
+      <c r="BJ13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.64213540802620961</v>
+      </c>
+      <c r="BK13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.64420688406731941</v>
+      </c>
+      <c r="BL13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.64607460475915846</v>
+      </c>
+      <c r="BM13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.64664395410248587</v>
+      </c>
+      <c r="BN13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.64815764305138834</v>
+      </c>
+      <c r="BO13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.64916284779717104</v>
+      </c>
+      <c r="BP13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.64965421125509737</v>
+      </c>
+      <c r="BQ13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.65134829997114407</v>
+      </c>
+      <c r="BR13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.65314035414158877</v>
+      </c>
+      <c r="BS13" s="22">
+        <f t="shared" si="146"/>
+        <v>0.65482041890722997</v>
+      </c>
+      <c r="BT13" s="23"/>
+      <c r="BU13" s="23"/>
+      <c r="BV13" s="23"/>
+      <c r="BW13" s="23"/>
+      <c r="BX13" s="23"/>
+      <c r="BY13" s="23"/>
+      <c r="BZ13" s="23"/>
+      <c r="CA13" s="23"/>
+      <c r="CB13" s="23"/>
+      <c r="CC13" s="23"/>
+      <c r="CD13" s="23"/>
+      <c r="CE13" s="24"/>
+      <c r="CF13" s="24"/>
+      <c r="CG13" s="24"/>
+      <c r="CH13" s="24"/>
+      <c r="CI13" s="24"/>
+      <c r="CJ13" s="24"/>
+      <c r="CK13" s="24"/>
+      <c r="CL13" s="24"/>
+      <c r="CM13" s="24"/>
+      <c r="CN13" s="24"/>
+      <c r="CO13" s="24"/>
+      <c r="CP13" s="24"/>
+      <c r="CQ13" s="24"/>
+      <c r="CR13" s="24"/>
+      <c r="CS13" s="24"/>
+      <c r="CT13" s="24"/>
+      <c r="CU13" s="24"/>
+      <c r="CV13" s="24"/>
+      <c r="CW13" s="24"/>
+      <c r="CX13" s="24"/>
+      <c r="CY13" s="24"/>
+      <c r="CZ13" s="24"/>
+      <c r="DA13" s="24"/>
+      <c r="DB13" s="24"/>
+      <c r="DC13" s="24"/>
+      <c r="DD13" s="24"/>
+      <c r="DE13" s="24"/>
+      <c r="DF13" s="24"/>
+      <c r="DG13" s="24"/>
+      <c r="DH13" s="24"/>
+      <c r="DI13" s="24"/>
+      <c r="DJ13" s="24"/>
+      <c r="DK13" s="24"/>
+      <c r="DL13" s="24"/>
+      <c r="DM13" s="24"/>
+      <c r="DN13" s="24"/>
+      <c r="DO13" s="24"/>
+      <c r="DP13" s="24"/>
+      <c r="DQ13" s="24"/>
+      <c r="DR13" s="24"/>
+      <c r="DS13" s="24"/>
+      <c r="DT13" s="24"/>
+      <c r="DU13" s="24"/>
+      <c r="DV13" s="24"/>
+      <c r="DW13" s="24"/>
+      <c r="DX13" s="24"/>
+      <c r="DY13" s="24"/>
+      <c r="DZ13" s="24"/>
+      <c r="EA13" s="24"/>
+      <c r="EB13" s="24"/>
     </row>
-    <row r="14" spans="1:129" s="28" customFormat="1" x14ac:dyDescent="0.25"/>
-[...67 lines deleted...]
-      <c r="BP15" s="29"/>
+    <row r="14" spans="1:132" s="25" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="15" spans="1:132" s="25" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="26"/>
+      <c r="C15" s="26"/>
+      <c r="D15" s="26"/>
+      <c r="E15" s="26"/>
+      <c r="F15" s="26"/>
+      <c r="G15" s="26"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="26"/>
+      <c r="J15" s="26"/>
+      <c r="K15" s="26"/>
+      <c r="L15" s="26"/>
+      <c r="M15" s="26"/>
+      <c r="N15" s="26"/>
+      <c r="O15" s="26"/>
+      <c r="P15" s="26"/>
+      <c r="Q15" s="26"/>
+      <c r="R15" s="26"/>
+      <c r="S15" s="26"/>
+      <c r="T15" s="26"/>
+      <c r="U15" s="26"/>
+      <c r="V15" s="26"/>
+      <c r="W15" s="26"/>
+      <c r="X15" s="26"/>
+      <c r="Y15" s="26"/>
+      <c r="Z15" s="26"/>
+      <c r="AA15" s="26"/>
+      <c r="AB15" s="26"/>
+      <c r="AC15" s="26"/>
+      <c r="AD15" s="26"/>
+      <c r="AE15" s="26"/>
+      <c r="AF15" s="26"/>
+      <c r="AG15" s="26"/>
+      <c r="AH15" s="26"/>
+      <c r="AI15" s="26"/>
+      <c r="AJ15" s="26"/>
+      <c r="AK15" s="26"/>
+      <c r="AL15" s="26"/>
+      <c r="AM15" s="26"/>
+      <c r="AN15" s="26"/>
+      <c r="AO15" s="26"/>
+      <c r="AP15" s="26"/>
+      <c r="AQ15" s="26"/>
+      <c r="AR15" s="26"/>
+      <c r="AS15" s="26"/>
+      <c r="AT15" s="26"/>
+      <c r="AU15" s="26"/>
+      <c r="AV15" s="26"/>
+      <c r="AW15" s="26"/>
+      <c r="AX15" s="26"/>
+      <c r="AY15" s="26"/>
+      <c r="AZ15" s="26"/>
+      <c r="BA15" s="26"/>
+      <c r="BB15" s="26"/>
+      <c r="BC15" s="26"/>
+      <c r="BD15" s="26"/>
+      <c r="BE15" s="26"/>
+      <c r="BF15" s="26"/>
+      <c r="BG15" s="26"/>
+      <c r="BH15" s="26"/>
+      <c r="BI15" s="26"/>
+      <c r="BJ15" s="26"/>
+      <c r="BK15" s="26"/>
+      <c r="BL15" s="26"/>
+      <c r="BM15" s="26"/>
+      <c r="BN15" s="26"/>
+      <c r="BO15" s="26"/>
+      <c r="BP15" s="26"/>
+      <c r="BQ15" s="26"/>
+      <c r="BR15" s="26"/>
+      <c r="BS15" s="26"/>
     </row>
-    <row r="16" spans="1:129" s="28" customFormat="1" x14ac:dyDescent="0.25">
-[...66 lines deleted...]
-      <c r="BP16" s="29"/>
+    <row r="16" spans="1:132" s="25" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="26"/>
+      <c r="C16" s="26"/>
+      <c r="D16" s="26"/>
+      <c r="E16" s="26"/>
+      <c r="F16" s="26"/>
+      <c r="G16" s="26"/>
+      <c r="H16" s="26"/>
+      <c r="I16" s="26"/>
+      <c r="J16" s="26"/>
+      <c r="K16" s="26"/>
+      <c r="L16" s="26"/>
+      <c r="M16" s="26"/>
+      <c r="N16" s="26"/>
+      <c r="O16" s="26"/>
+      <c r="P16" s="26"/>
+      <c r="Q16" s="26"/>
+      <c r="R16" s="26"/>
+      <c r="S16" s="26"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="26"/>
+      <c r="V16" s="26"/>
+      <c r="W16" s="26"/>
+      <c r="X16" s="26"/>
+      <c r="Y16" s="26"/>
+      <c r="Z16" s="26"/>
+      <c r="AA16" s="26"/>
+      <c r="AB16" s="26"/>
+      <c r="AC16" s="26"/>
+      <c r="AD16" s="26"/>
+      <c r="AE16" s="26"/>
+      <c r="AF16" s="26"/>
+      <c r="AG16" s="26"/>
+      <c r="AH16" s="26"/>
+      <c r="AI16" s="26"/>
+      <c r="AJ16" s="26"/>
+      <c r="AK16" s="26"/>
+      <c r="AL16" s="26"/>
+      <c r="AM16" s="26"/>
+      <c r="AN16" s="26"/>
+      <c r="AO16" s="26"/>
+      <c r="AP16" s="26"/>
+      <c r="AQ16" s="26"/>
+      <c r="AR16" s="26"/>
+      <c r="AS16" s="26"/>
+      <c r="AT16" s="26"/>
+      <c r="AU16" s="26"/>
+      <c r="AV16" s="26"/>
+      <c r="AW16" s="26"/>
+      <c r="AX16" s="26"/>
+      <c r="AY16" s="26"/>
+      <c r="AZ16" s="26"/>
+      <c r="BA16" s="26"/>
+      <c r="BB16" s="26"/>
+      <c r="BC16" s="26"/>
+      <c r="BD16" s="26"/>
+      <c r="BE16" s="26"/>
+      <c r="BF16" s="26"/>
+      <c r="BG16" s="26"/>
+      <c r="BH16" s="26"/>
+      <c r="BI16" s="26"/>
+      <c r="BJ16" s="26"/>
+      <c r="BK16" s="26"/>
+      <c r="BL16" s="26"/>
+      <c r="BM16" s="26"/>
+      <c r="BN16" s="26"/>
+      <c r="BO16" s="26"/>
+      <c r="BP16" s="26"/>
+      <c r="BQ16" s="26"/>
+      <c r="BR16" s="26"/>
+      <c r="BS16" s="26"/>
     </row>
-    <row r="17" spans="2:68" s="28" customFormat="1" x14ac:dyDescent="0.25">
-[...66 lines deleted...]
-      <c r="BP17" s="29"/>
+    <row r="17" spans="2:71" s="25" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="26"/>
+      <c r="C17" s="26"/>
+      <c r="D17" s="26"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="26"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="26"/>
+      <c r="K17" s="26"/>
+      <c r="L17" s="26"/>
+      <c r="M17" s="26"/>
+      <c r="N17" s="26"/>
+      <c r="O17" s="26"/>
+      <c r="P17" s="26"/>
+      <c r="Q17" s="26"/>
+      <c r="R17" s="26"/>
+      <c r="S17" s="26"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="26"/>
+      <c r="V17" s="26"/>
+      <c r="W17" s="26"/>
+      <c r="X17" s="26"/>
+      <c r="Y17" s="26"/>
+      <c r="Z17" s="26"/>
+      <c r="AA17" s="26"/>
+      <c r="AB17" s="26"/>
+      <c r="AC17" s="26"/>
+      <c r="AD17" s="26"/>
+      <c r="AE17" s="26"/>
+      <c r="AF17" s="26"/>
+      <c r="AG17" s="26"/>
+      <c r="AH17" s="26"/>
+      <c r="AI17" s="26"/>
+      <c r="AJ17" s="26"/>
+      <c r="AK17" s="26"/>
+      <c r="AL17" s="26"/>
+      <c r="AM17" s="26"/>
+      <c r="AN17" s="26"/>
+      <c r="AO17" s="26"/>
+      <c r="AP17" s="26"/>
+      <c r="AQ17" s="26"/>
+      <c r="AR17" s="26"/>
+      <c r="AS17" s="26"/>
+      <c r="AT17" s="26"/>
+      <c r="AU17" s="26"/>
+      <c r="AV17" s="26"/>
+      <c r="AW17" s="26"/>
+      <c r="AX17" s="26"/>
+      <c r="AY17" s="26"/>
+      <c r="AZ17" s="26"/>
+      <c r="BA17" s="26"/>
+      <c r="BB17" s="26"/>
+      <c r="BC17" s="26"/>
+      <c r="BD17" s="26"/>
+      <c r="BE17" s="26"/>
+      <c r="BF17" s="26"/>
+      <c r="BG17" s="26"/>
+      <c r="BH17" s="26"/>
+      <c r="BI17" s="26"/>
+      <c r="BJ17" s="26"/>
+      <c r="BK17" s="26"/>
+      <c r="BL17" s="26"/>
+      <c r="BM17" s="26"/>
+      <c r="BN17" s="26"/>
+      <c r="BO17" s="26"/>
+      <c r="BP17" s="26"/>
+      <c r="BQ17" s="26"/>
+      <c r="BR17" s="26"/>
+      <c r="BS17" s="26"/>
     </row>
-    <row r="18" spans="2:68" s="28" customFormat="1" x14ac:dyDescent="0.25">
-[...66 lines deleted...]
-      <c r="BP18" s="29"/>
+    <row r="18" spans="2:71" s="25" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="26"/>
+      <c r="C18" s="26"/>
+      <c r="D18" s="26"/>
+      <c r="E18" s="26"/>
+      <c r="F18" s="26"/>
+      <c r="G18" s="26"/>
+      <c r="H18" s="26"/>
+      <c r="I18" s="26"/>
+      <c r="J18" s="26"/>
+      <c r="K18" s="26"/>
+      <c r="L18" s="26"/>
+      <c r="M18" s="26"/>
+      <c r="N18" s="26"/>
+      <c r="O18" s="26"/>
+      <c r="P18" s="26"/>
+      <c r="Q18" s="26"/>
+      <c r="R18" s="26"/>
+      <c r="S18" s="26"/>
+      <c r="T18" s="26"/>
+      <c r="U18" s="26"/>
+      <c r="V18" s="26"/>
+      <c r="W18" s="26"/>
+      <c r="X18" s="26"/>
+      <c r="Y18" s="26"/>
+      <c r="Z18" s="26"/>
+      <c r="AA18" s="26"/>
+      <c r="AB18" s="26"/>
+      <c r="AC18" s="26"/>
+      <c r="AD18" s="26"/>
+      <c r="AE18" s="26"/>
+      <c r="AF18" s="26"/>
+      <c r="AG18" s="26"/>
+      <c r="AH18" s="26"/>
+      <c r="AI18" s="26"/>
+      <c r="AJ18" s="26"/>
+      <c r="AK18" s="26"/>
+      <c r="AL18" s="26"/>
+      <c r="AM18" s="26"/>
+      <c r="AN18" s="26"/>
+      <c r="AO18" s="26"/>
+      <c r="AP18" s="26"/>
+      <c r="AQ18" s="26"/>
+      <c r="AR18" s="26"/>
+      <c r="AS18" s="26"/>
+      <c r="AT18" s="26"/>
+      <c r="AU18" s="26"/>
+      <c r="AV18" s="26"/>
+      <c r="AW18" s="26"/>
+      <c r="AX18" s="26"/>
+      <c r="AY18" s="26"/>
+      <c r="AZ18" s="26"/>
+      <c r="BA18" s="26"/>
+      <c r="BB18" s="26"/>
+      <c r="BC18" s="26"/>
+      <c r="BD18" s="26"/>
+      <c r="BE18" s="26"/>
+      <c r="BF18" s="26"/>
+      <c r="BG18" s="26"/>
+      <c r="BH18" s="26"/>
+      <c r="BI18" s="26"/>
+      <c r="BJ18" s="26"/>
+      <c r="BK18" s="26"/>
+      <c r="BL18" s="26"/>
+      <c r="BM18" s="26"/>
+      <c r="BN18" s="26"/>
+      <c r="BO18" s="26"/>
+      <c r="BP18" s="26"/>
+      <c r="BQ18" s="26"/>
+      <c r="BR18" s="26"/>
+      <c r="BS18" s="26"/>
     </row>
   </sheetData>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="86" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">