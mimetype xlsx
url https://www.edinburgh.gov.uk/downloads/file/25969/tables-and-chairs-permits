--- v0 (2025-12-18)
+++ v1 (2026-02-02)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\SfC\RoadServ\NRSWA\Symology Operations\T &amp; C  Permits &amp; Licensing\Tables and Chairs\Website\2Weekly Reports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8526B1F8-4831-474F-BA22-330B386B6799}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4DECBE2B-D43E-4EBB-ADD7-42121544560A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-10910" windowWidth="19420" windowHeight="10540" xr2:uid="{310E28E3-E381-46AA-8063-3F50646502CE}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{37C4AE13-3CFD-4105-82EF-70CFB008F603}"/>
   </bookViews>
   <sheets>
-    <sheet name="LDG01205" sheetId="1" r:id="rId1"/>
+    <sheet name="LDG01225" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'LDG01205'!$A$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'LDG01225'!$A$1:$F$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="930" uniqueCount="588">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="891" uniqueCount="564">
   <si>
     <t>licno</t>
   </si>
   <si>
     <t>premname</t>
   </si>
   <si>
     <t>premaddress</t>
   </si>
   <si>
     <t>from_date</t>
   </si>
   <si>
     <t>until_date</t>
   </si>
   <si>
     <t>ufcode2</t>
   </si>
   <si>
     <t>Bun &amp; Scoop</t>
   </si>
   <si>
     <t>21 Cockburn Street, Old Town, Edinburgh, EH1 1BP</t>
   </si>
   <si>
@@ -282,56 +282,50 @@
   <si>
     <t>The Alexander Graham Bell</t>
   </si>
   <si>
     <t>126-128 George Street, EH2 4JZ</t>
   </si>
   <si>
     <t>Badger &amp; Co</t>
   </si>
   <si>
     <t>32 Castle Street, Edinburgh, EH2 3HT</t>
   </si>
   <si>
     <t>Butta Burger</t>
   </si>
   <si>
     <t>137 George Street, Edinburgh, EH2 4JY</t>
   </si>
   <si>
     <t>Ryries Bar</t>
   </si>
   <si>
     <t>1 Haymarket, EH12 5EY</t>
   </si>
   <si>
-    <t>The Black Fox</t>
-[...4 lines deleted...]
-  <si>
     <t>113 George Street, Edinburgh, EH2 4JN</t>
   </si>
   <si>
     <t>The Standing Order</t>
   </si>
   <si>
     <t>62-66 George Street, EH2 2LR</t>
   </si>
   <si>
     <t>Meze Meze</t>
   </si>
   <si>
     <t>71 Rose Street, Edinburgh, EH2 2NH</t>
   </si>
   <si>
     <t>Tempo Perso</t>
   </si>
   <si>
     <t>208 Bruntsfield Place, Edinburgh, EH10 4DE</t>
   </si>
   <si>
     <t>Cafe Artista</t>
   </si>
   <si>
     <t>Mackays on the Mile</t>
@@ -351,65 +345,65 @@
   <si>
     <t>Tiles Bistro Bar</t>
   </si>
   <si>
     <t>376 Morningside Road, Morningside, Edinburgh, EH10 5HX</t>
   </si>
   <si>
     <t>Black Cat</t>
   </si>
   <si>
     <t>168 Rose Street, EH2 4BA</t>
   </si>
   <si>
     <t>The Boozy Cow</t>
   </si>
   <si>
     <t>17 Frederick Street, EH2 2EY</t>
   </si>
   <si>
     <t>Angels Share Hotel</t>
   </si>
   <si>
     <t>7-11 Hope Street, Edinburgh, EH2 4EL</t>
   </si>
   <si>
+    <t>Port O' Leith</t>
+  </si>
+  <si>
+    <t>58 Constitution Street, EH6 6RS</t>
+  </si>
+  <si>
     <t>Word Of Mouth Cafe</t>
   </si>
   <si>
     <t>3A Albert Street, EH7 5HL</t>
   </si>
   <si>
     <t>Black Sheep Coffee</t>
   </si>
   <si>
-    <t>Abode Cafe Bar</t>
-[...4 lines deleted...]
-  <si>
     <t>Krema Bakehouse</t>
   </si>
   <si>
     <t>Old Eastway Tap</t>
   </si>
   <si>
     <t>Four In Hand, 216-218 Easter Road, Leith, Edinburgh, EH7 5QH</t>
   </si>
   <si>
     <t>4-6 Victoria Terrace, Edinburgh, EH1 2JL</t>
   </si>
   <si>
     <t>Civerinos Slice</t>
   </si>
   <si>
     <t>49 Forrest Road, Edinburgh, EH1 2QP</t>
   </si>
   <si>
     <t>Rabble</t>
   </si>
   <si>
     <t>55A Frederick Street, EH2 1LH</t>
   </si>
   <si>
     <t>Montpeliers</t>
@@ -465,56 +459,50 @@
   <si>
     <t>103 West Bow, EH1 2JP</t>
   </si>
   <si>
     <t>Fat Hippo</t>
   </si>
   <si>
     <t>Gf, 95 George Street, New Town, Edinburgh, EH2 3ES</t>
   </si>
   <si>
     <t>13A Castle Street, Edinburgh, EH2 3AH</t>
   </si>
   <si>
     <t>Made In Italy</t>
   </si>
   <si>
     <t>42 Grassmarket, EH1 2JU</t>
   </si>
   <si>
     <t>Scran Bistro</t>
   </si>
   <si>
     <t>51-52 George Iv Bridge, Old Town, Edinburgh, EH1 1EJ</t>
   </si>
   <si>
-    <t>Artisan Coffee</t>
-[...4 lines deleted...]
-  <si>
     <t>1 Elm Row, Broughton, Edinburgh, EH7 4AA</t>
   </si>
   <si>
     <t>Le Monde Hotel &amp; Shanghai Club</t>
   </si>
   <si>
     <t>16 George Street, EH2 2SL</t>
   </si>
   <si>
     <t>Cafe Gallo</t>
   </si>
   <si>
     <t>96 Raeburn Place, Edinburgh, EH4 1HH</t>
   </si>
   <si>
     <t>The Cocktail Geeks</t>
   </si>
   <si>
     <t>27 East Market Street, Old Town, Edinburgh, EH8 8FS</t>
   </si>
   <si>
     <t>Laila's Bistro</t>
   </si>
   <si>
     <t>63 Cockburn Street, Edinburgh, EH1 1BS</t>
@@ -540,56 +528,50 @@
   <si>
     <t>Fauna Cafe</t>
   </si>
   <si>
     <t>19a Queensferry Street, New Town, Edinburgh, EH2 4QW</t>
   </si>
   <si>
     <t>Gaia</t>
   </si>
   <si>
     <t>32 Crighton Place, EH7 4NY</t>
   </si>
   <si>
     <t>Sofi's Desserts</t>
   </si>
   <si>
     <t>16 Grassmarket, Old Town, Edinburgh, EH1 2JU</t>
   </si>
   <si>
     <t>LetMeEat Too</t>
   </si>
   <si>
     <t>7 Cowgatehead, Edinburgh, EH1 1JY</t>
   </si>
   <si>
-    <t>Spry Wines</t>
-[...4 lines deleted...]
-  <si>
     <t>Castle Rock Takeaway</t>
   </si>
   <si>
     <t>87 Grassmarket, EH1 2HJ</t>
   </si>
   <si>
     <t>Cafe Grande</t>
   </si>
   <si>
     <t>Topolabamba</t>
   </si>
   <si>
     <t>93 Lothian Road, Edinburgh, EH3 9AW</t>
   </si>
   <si>
     <t>Malones</t>
   </si>
   <si>
     <t>Brewdog</t>
   </si>
   <si>
     <t>The Mussel &amp; Steak Bar</t>
   </si>
   <si>
     <t>110 West Bow, EH1 2HH</t>
@@ -726,53 +708,50 @@
   <si>
     <t>61 Cockburn Street, Edinburgh, EH1 1BS</t>
   </si>
   <si>
     <t>STARBUCKS COFFEE</t>
   </si>
   <si>
     <t>124 High Street, EH1 1QS</t>
   </si>
   <si>
     <t>85-87 Rose Street, New Town, Edinburgh, EH2 3DT</t>
   </si>
   <si>
     <t>Greek Artisan Pastries</t>
   </si>
   <si>
     <t>23 Bread Street, Edinburgh, EH3 9AL</t>
   </si>
   <si>
     <t>The Newsroom</t>
   </si>
   <si>
     <t>8-10 North Bridge Arcade, Old Town, Edinburgh, EH1 1QL</t>
   </si>
   <si>
-    <t>23 Elm Row, EH7 4AA</t>
-[...1 lines deleted...]
-  <si>
     <t>La Cime Deli</t>
   </si>
   <si>
     <t>210b Newhaven Road, Newhaven, Edinburgh, EH6 4QE</t>
   </si>
   <si>
     <t>L05  Consultees outstanding</t>
   </si>
   <si>
     <t>Grand Cru/Bar napoli</t>
   </si>
   <si>
     <t>9A-11 George IV Bridge, EH1 1EE</t>
   </si>
   <si>
     <t>1 Temple Park Crescent, Polwarth, Edinburgh, EH11 1JF</t>
   </si>
   <si>
     <t>Nobles</t>
   </si>
   <si>
     <t>44A Constitution Street, Edinburgh, EH6 6RS</t>
   </si>
   <si>
     <t>Union Of Genius</t>
@@ -822,53 +801,50 @@
   <si>
     <t>Scott’s Kitchen</t>
   </si>
   <si>
     <t>26 Forrest Road, Old Town, Edinburgh, EH1 2QN</t>
   </si>
   <si>
     <t>Montrose</t>
   </si>
   <si>
     <t>1-7 Montrose Terrace, Abbeyhill, Edinburgh, EH7 5DJ</t>
   </si>
   <si>
     <t>The Filling Station</t>
   </si>
   <si>
     <t>The Castle Arms</t>
   </si>
   <si>
     <t>6 Johnston Terrace, Old Town, Edinburgh, EH1 2PW</t>
   </si>
   <si>
     <t>92 George Street, New Town, Edinburgh, EH2 3DF</t>
   </si>
   <si>
-    <t>3 Melville Place, Edinburgh, EH3 7PR</t>
-[...1 lines deleted...]
-  <si>
     <t>2 Hunter Square, Old Town, Edinburgh, EH1 1QW</t>
   </si>
   <si>
     <t>Wagamama</t>
   </si>
   <si>
     <t>4 St Andrew Square, Edinburgh, EH2 2BD</t>
   </si>
   <si>
     <t>L'Etoile Salon de Tea</t>
   </si>
   <si>
     <t>44 West Port, Edinburgh, EH1 2LD</t>
   </si>
   <si>
     <t>Fazenda</t>
   </si>
   <si>
     <t>102 George Street, Edinburgh, EH2 3DF</t>
   </si>
   <si>
     <t>35 East Market Street, Edinburgh, EH8 8FR</t>
   </si>
   <si>
     <t>Pirlous</t>
@@ -891,80 +867,71 @@
   <si>
     <t>9-11 Grassmarket, Edinburgh, EH1 2HY</t>
   </si>
   <si>
     <t>Bar Salsa</t>
   </si>
   <si>
     <t>3 Cowgatehead, EH1 1JY</t>
   </si>
   <si>
     <t>George IV Bar</t>
   </si>
   <si>
     <t>54-55 George Iv Bridge, Edinburgh, EH1 1EJ</t>
   </si>
   <si>
     <t>McGonagalls</t>
   </si>
   <si>
     <t>49-50 George Iv Bridge, Old Town, Edinburgh, EH1 1EJ</t>
   </si>
   <si>
     <t>Mia Italian Kitchen</t>
   </si>
   <si>
-    <t>Alba Bistro</t>
-[...4 lines deleted...]
-  <si>
     <t>Cafe Jacques</t>
   </si>
   <si>
     <t>Deacon Brodies Tavern</t>
   </si>
   <si>
     <t>Triple-Tri Coffee</t>
   </si>
   <si>
     <t>45a-45b York Place, New Town, Edinburgh, EH1 3HP</t>
   </si>
   <si>
     <t>Ship on the Shore</t>
   </si>
   <si>
     <t>24-26 Shore, Edinburgh</t>
   </si>
   <si>
     <t>The Square</t>
   </si>
   <si>
-    <t>17 North St Andrew Street, Edinburgh, EH2 1HJ</t>
-[...1 lines deleted...]
-  <si>
     <t>Dine Thyme</t>
   </si>
   <si>
     <t>99 Brunswick Street, Edinburgh, EH7 5HR</t>
   </si>
   <si>
     <t>Earl of Marchmont</t>
   </si>
   <si>
     <t>22 Marchmont Crescent, Edinburgh, EH9 1HG</t>
   </si>
   <si>
     <t>Southern Cross Cafe</t>
   </si>
   <si>
     <t>63a Cockburn Street, Edinburgh, EH1 1BS</t>
   </si>
   <si>
     <t>Kuna Cafe</t>
   </si>
   <si>
     <t>Contini George Street</t>
   </si>
   <si>
     <t>103 George Street, Edinburgh, EH2 3ES</t>
@@ -978,113 +945,104 @@
   <si>
     <t>CC Blooms</t>
   </si>
   <si>
     <t>23-24 Greenside Place, Edinburgh, EH1 3AA</t>
   </si>
   <si>
     <t>Society Bar &amp; Kitchen</t>
   </si>
   <si>
     <t>1 Waterloo Place, New Town, Edinburgh, EH1 3BG</t>
   </si>
   <si>
     <t>Element</t>
   </si>
   <si>
     <t>110-114 Rose Street, Edinburgh, EH2 3JF</t>
   </si>
   <si>
     <t>Gaucho</t>
   </si>
   <si>
     <t>4a St Andrew Square, New Town, Edinburgh, EH2 2BD</t>
   </si>
   <si>
-    <t>Footlights Bar and Grill</t>
-[...4 lines deleted...]
-  <si>
     <t>Bella Italia</t>
   </si>
   <si>
     <t>175-177 High Street, Edinburgh, EH1 1PD</t>
   </si>
   <si>
     <t>Baruno</t>
   </si>
   <si>
-    <t>Luckenbooths</t>
-[...4 lines deleted...]
-  <si>
     <t>Tigerlily</t>
   </si>
   <si>
     <t>125 George Street, Edinburgh, EH2 4JN</t>
   </si>
   <si>
     <t>Auld Hundred</t>
   </si>
   <si>
     <t>The Milkman</t>
   </si>
   <si>
-    <t>Joseph Pearce</t>
-[...1 lines deleted...]
-  <si>
     <t>Dine Murrayfield</t>
   </si>
   <si>
     <t>National Library of Scotland</t>
   </si>
   <si>
     <t>57 George Iv Bridge, Edinburgh, EH1 1EW</t>
   </si>
   <si>
     <t>50 Constitution Street, South Leith, Edinburgh, EH6 6RS</t>
   </si>
   <si>
     <t>Nok's Kitchen</t>
   </si>
   <si>
     <t>Starbucks Coffee Company Ltd</t>
   </si>
   <si>
     <t>118 Princes Street, New Town, Edinburgh, EH2 4AA</t>
   </si>
   <si>
     <t>Couples, 96-98 Leith Walk, Edinburgh, EH6 5HB</t>
   </si>
   <si>
     <t>The Street</t>
   </si>
   <si>
+    <t>Roasters</t>
+  </si>
+  <si>
+    <t>58 Dalry Road, Dalry, Edinburgh, EH11 2AY</t>
+  </si>
+  <si>
     <t>Auld Jock's Cafe</t>
   </si>
   <si>
     <t>27 George Iv Bridge, Old Town, Edinburgh, EH1 1EN</t>
   </si>
   <si>
     <t>polwarth tavern</t>
   </si>
   <si>
     <t>Artisan Roast</t>
   </si>
   <si>
     <t>72 Leith Walk, Edinburgh, EH6 5HB</t>
   </si>
   <si>
     <t>The jolly judge</t>
   </si>
   <si>
     <t>The Jolly Judge, 7 James' Court, Old Town, Edinburgh, EH1 2PB</t>
   </si>
   <si>
     <t>Luscious</t>
   </si>
   <si>
     <t>261 Canongate, Edinburgh, EH8 8BQ</t>
@@ -1101,92 +1059,77 @@
   <si>
     <t>Biblos</t>
   </si>
   <si>
     <t>1a Chambers Street, Old Town, Edinburgh, EH1 1HR</t>
   </si>
   <si>
     <t>272 Portobello High Street, Edinburgh, EH15 2AT</t>
   </si>
   <si>
     <t>Rose Street Cafe</t>
   </si>
   <si>
     <t>192a Rose Street, New Town, Edinburgh, EH2 4AZ</t>
   </si>
   <si>
     <t>The Ginger Coo Cafe</t>
   </si>
   <si>
     <t>200 Rose Street, New Town, Edinburgh, EH2 4AZ</t>
   </si>
   <si>
     <t>100a Raeburn Place, Edinburgh, EH4 1HH</t>
   </si>
   <si>
-    <t>Pizza Geeks</t>
-[...4 lines deleted...]
-  <si>
     <t>67 North Castle Street, New Town, Edinburgh, EH2 3LJ</t>
   </si>
   <si>
     <t>The Birchwood Bistro &amp; Wine</t>
   </si>
   <si>
     <t>146-148 Marchmont Road, Edinburgh, EH9 1AQ</t>
   </si>
   <si>
     <t>23 Brougham Street, Tollcross, Edinburgh, EH3 9JS</t>
   </si>
   <si>
     <t>Ella Cuisine</t>
   </si>
   <si>
-    <t>The Painted Rooster</t>
-[...4 lines deleted...]
-  <si>
     <t>138 Bruntsfield Place, Edinburgh, EH10 4ER</t>
   </si>
   <si>
     <t>2-6 Rutland Place, West End, Edinburgh, EH1 2AD</t>
   </si>
   <si>
     <t>62 Raeburn Place, Stockbridge, Edinburgh, EH4 1HJ</t>
   </si>
   <si>
     <t>128 Portobello High Street, Portobello West, Edinburgh, EH15 1AH</t>
   </si>
   <si>
-    <t>Tupiniquim</t>
-[...1 lines deleted...]
-  <si>
     <t>143 Cowgate, Edinburgh, EH1 1JS</t>
   </si>
   <si>
     <t>Sip &amp; Bark</t>
   </si>
   <si>
     <t>Piggs</t>
   </si>
   <si>
     <t>171 Bruntsfield Place, Bruntsfield, Edinburgh, EH10 4DG</t>
   </si>
   <si>
     <t>3 Elm Row, Edinburgh, EH7 4AA</t>
   </si>
   <si>
     <t>Bobby's Sandwich Bar</t>
   </si>
   <si>
     <t>4 Greyfriars Place, EH1 2QQ</t>
   </si>
   <si>
     <t>Room Rumours Coffee Limited</t>
   </si>
   <si>
     <t>25 East Market Street, Old Town, Edinburgh, EH8 8FS</t>
@@ -1284,155 +1227,140 @@
   <si>
     <t>28 Rose Street, New Town, Edinburgh, EH2 2QA</t>
   </si>
   <si>
     <t>5-11 Leith Street, New Town, Edinburgh, EH1 3AT</t>
   </si>
   <si>
     <t>The Royal Mile Tavern</t>
   </si>
   <si>
     <t>127 High Street, Old Town, Edinburgh, EH1 1SG</t>
   </si>
   <si>
     <t>The Noble Leisure Company Limited</t>
   </si>
   <si>
     <t>47 Figgate Lane, Portobello West, Edinburgh, EH15 1HJ</t>
   </si>
   <si>
     <t>Pret A Manger</t>
   </si>
   <si>
     <t>25 Castle Street, EH2 3DN</t>
   </si>
   <si>
+    <t>The Clam Shell</t>
+  </si>
+  <si>
+    <t>148 High Street, EH1 1QS</t>
+  </si>
+  <si>
     <t>5a Johnston Terrace, Old Town, Edinburgh, EH1 2PW</t>
   </si>
   <si>
     <t>1-2 ST ANDREW SQUARE</t>
   </si>
   <si>
     <t>NOTT EDINBURGH LTD</t>
   </si>
   <si>
     <t>13 Crighton Place, Leith, Edinburgh, EH7 4NY</t>
   </si>
   <si>
     <t>235 High Street, EH1 1PE</t>
   </si>
   <si>
     <t>134-136 LEITH WALK, LEITH WALK, EDINBURGH, EH6 5DT</t>
   </si>
   <si>
-    <t>Not Just Coffee Dalry</t>
-[...1 lines deleted...]
-  <si>
     <t>Landys</t>
   </si>
   <si>
     <t>29-31 North Bridge, Old Town, Edinburgh, EH1 1SB</t>
   </si>
   <si>
     <t>177 Morningside Road, EH10 4AX</t>
   </si>
   <si>
     <t>The Castle's Kitchen</t>
   </si>
   <si>
     <t>36-38 High Street, Old Town, Edinburgh, EH1 1TB</t>
   </si>
   <si>
     <t>Taco Libre Bar</t>
   </si>
   <si>
-    <t>Not Just Coffee</t>
-[...16 lines deleted...]
-  <si>
     <t>Bakery Andante</t>
   </si>
   <si>
     <t>352 Morningside Road, EH10 4QL</t>
   </si>
   <si>
     <t>Singh Street</t>
   </si>
   <si>
     <t>88 Bruntsfield Place, Bruntsfield, Edinburgh, EH10 4HG</t>
   </si>
   <si>
     <t>Argyle Cellar Bar</t>
   </si>
   <si>
     <t>Sub Station Express</t>
   </si>
   <si>
     <t>9 St Mary's Street, Old Town, Edinburgh, EH1 1TA</t>
   </si>
   <si>
     <t>Robertsons Bar</t>
   </si>
   <si>
     <t>37 Rose Street, Edinburgh, EH2 2NH</t>
   </si>
   <si>
-    <t>EHS Ltd</t>
-[...4 lines deleted...]
-  <si>
     <t>Wahaca</t>
   </si>
   <si>
     <t>16 South St Andrew Street, Edinburgh, EH2 2AU</t>
   </si>
   <si>
     <t>5 St Andrew Square, New Town, Edinburgh, EH2 2BD</t>
   </si>
   <si>
     <t>17 North St Andrew Street, New Town, Edinburgh, EH2 1HJ</t>
   </si>
   <si>
     <t>10 Grassmarket, EH1 2JU</t>
   </si>
   <si>
+    <t>la P'tite Folie</t>
+  </si>
+  <si>
+    <t>Gf, 9 Randolph Place, Edinburgh, EH3 7TE</t>
+  </si>
+  <si>
     <t>KIVA</t>
   </si>
   <si>
     <t>42 Ratcliffe Terrace, Newington, Edinburgh, EH9 1SS</t>
   </si>
   <si>
     <t>Domenico's</t>
   </si>
   <si>
     <t>30 Sandport Street, EH6 6EP</t>
   </si>
   <si>
     <t>L25  Outdoor Area Permit Surrendered</t>
   </si>
   <si>
     <t>435 Lawnmarket, EH1 2NT</t>
   </si>
   <si>
     <t>Richmond caffe</t>
   </si>
   <si>
     <t>GF 18 NICOLSON STREET</t>
   </si>
   <si>
     <t>Seamus's</t>
@@ -1467,90 +1395,87 @@
   <si>
     <t>94-96 Marchmont Crescent, Edinburgh, EH9 1HD</t>
   </si>
   <si>
     <t>Cuthbert's Cafe + Deli</t>
   </si>
   <si>
     <t>Cupp Bubble Tea</t>
   </si>
   <si>
     <t>321 Leith Walk, Edinburgh, EH6 8SA</t>
   </si>
   <si>
     <t>159a-163a Bruntsfield Place, Bruntsfield, Edinburgh, EH10 4DG</t>
   </si>
   <si>
     <t>Herringbone Barnton</t>
   </si>
   <si>
     <t>195 Whitehouse Road, Cramond, Edinburgh, EH4 6BU</t>
   </si>
   <si>
     <t>Pantry Bruntsfield</t>
   </si>
   <si>
-    <t>Boston Bar</t>
-[...4 lines deleted...]
-  <si>
     <t>Croccante and co. Ltd</t>
   </si>
   <si>
     <t>2B LYNEDOCH PLACE, LYNEDOCH PLACE, NEW TOWN, EDINBURGH, EH3 7PX</t>
   </si>
   <si>
     <t>2b Picardy Place, New Town, Edinburgh, EH1 3JT</t>
   </si>
   <si>
     <t>Bliss House Cafe Ltd</t>
   </si>
   <si>
     <t>1 Meadowbank Avenue, Willowbrae, Edinburgh, EH8 7AP</t>
   </si>
   <si>
     <t>Fortuna Coffee Bar</t>
   </si>
   <si>
     <t>Bf1, 37-39 Frederick Street, New Town, Edinburgh, EH2 1EP</t>
   </si>
   <si>
     <t>The Castle Rock Cafe</t>
   </si>
   <si>
     <t>453 Lawnmarket, Old Town, Edinburgh, EH1 2NT</t>
   </si>
   <si>
     <t>Cask and Vine</t>
   </si>
   <si>
     <t>244 Canongate, Old Town, Edinburgh, EH8 8AB</t>
   </si>
   <si>
-    <t>L15  Licence superseded</t>
+    <t>Yaduvanshi Authentic Indian Restaurant</t>
+  </si>
+  <si>
+    <t>31 East Market Street, Old Town, Edinburgh, EH8 8FR</t>
   </si>
   <si>
     <t>Gladstone's Land</t>
   </si>
   <si>
     <t>477b Lawnmarket, EH1  2NT</t>
   </si>
   <si>
     <t>Cult Coffee Roasters</t>
   </si>
   <si>
     <t>104 BUCCLEUCH STREET, BUCCLEUCH STREET, SOUTHSIDE, EDINBURGH, EH8 9NQ</t>
   </si>
   <si>
     <t>Pizza Station</t>
   </si>
   <si>
     <t>24 DALRY ROAD, DALRY ROAD, DALRY, EDINBURGH, EH11 2BA</t>
   </si>
   <si>
     <t>Singh Street Cha</t>
   </si>
   <si>
     <t>13 Deanhaugh Street, Stockbridge, Edinburgh, EH4 1LU</t>
   </si>
@@ -1605,92 +1530,83 @@
   <si>
     <t>SoulFire Coffee</t>
   </si>
   <si>
     <t>10-12 Henderson Street, North Leith, Edinburgh, EH6 6BS</t>
   </si>
   <si>
     <t>4-7 North Bank Street, EH1 2LP</t>
   </si>
   <si>
     <t>Tamil Teru</t>
   </si>
   <si>
     <t>158-162 Rose Street, New Town, Edinburgh, EH2 3JD</t>
   </si>
   <si>
     <t>Books N Cup Cafe</t>
   </si>
   <si>
     <t>16 Raeburn Pl, Edinburgh EH4 1HN</t>
   </si>
   <si>
     <t>184 BRUNTSFIELD PLACE, BRUNTSFIELD PLACE, EDINBURGH, EH10 4DF</t>
   </si>
   <si>
-    <t>St Bernard's Bar</t>
-[...4 lines deleted...]
-  <si>
     <t>Saigon Memoire</t>
   </si>
   <si>
     <t>14 South St Andrew Street, New Town, Edinburgh, EH2 2AZ</t>
   </si>
   <si>
     <t>Project Canele</t>
   </si>
   <si>
     <t>150 Dundas Street, New Town, Edinburgh, EH3 5DQ</t>
   </si>
   <si>
     <t>Oasis</t>
   </si>
   <si>
     <t>Mamacita's Miami Eats</t>
   </si>
   <si>
     <t>Gilded Saloon</t>
   </si>
   <si>
     <t>47 LOTHIAN STREET, LOTHIAN STREET, EDINBURGH, EH1 1HB</t>
   </si>
   <si>
     <t>2 Stafford Street, Edinburgh, EH3 7AU</t>
   </si>
   <si>
     <t>Rama Coffee</t>
   </si>
   <si>
     <t>63 Inverleith Row, Inverleith, Edinburgh, EH3 5PX</t>
   </si>
   <si>
-    <t>1a Lauriston Place, Tollcross, Edinburgh, EH3 9EF</t>
-[...1 lines deleted...]
-  <si>
     <t>Mehmat Akbas</t>
   </si>
   <si>
     <t>261 Canongate, Old Town, Edinburgh, EH8 8BQ</t>
   </si>
   <si>
     <t>Mary's Bistro Cafe</t>
   </si>
   <si>
     <t>8 St Mary's Street, Old Town, Edinburgh, EH1 1SU</t>
   </si>
   <si>
     <t>Sears Pizza</t>
   </si>
   <si>
     <t>27A MARCHMONT ROAD, MARCHMONT ROAD, EDINBURGH, EH9 1HY</t>
   </si>
   <si>
     <t>10 JEFFREY STREET, JEFFREY STREET, EDINBURGH, EH1 1DT</t>
   </si>
   <si>
     <t>Sabzi</t>
   </si>
   <si>
     <t>162 FERRY ROAD, FERRY ROAD, EDINBURGH, EH6 4NX</t>
@@ -1783,57 +1699,69 @@
     <t>15-21 LEITH WALK, LEITH WALK, EDINBURGH, EH6 8LN</t>
   </si>
   <si>
     <t>276 CANONGATE, CANONGATE, EDINBURGH, EH8 8AA</t>
   </si>
   <si>
     <t>Tortilla</t>
   </si>
   <si>
     <t>Cafe Corstone</t>
   </si>
   <si>
     <t>Cafe Vigo</t>
   </si>
   <si>
     <t>88 St John's Road, Edinburgh</t>
   </si>
   <si>
     <t>Caru by Candellight</t>
   </si>
   <si>
     <t>Arch2, The Arches, East Market Street, Old Town, Edinburgh, EH8 8FS</t>
   </si>
   <si>
     <t>2 King's Road, Portobello West, Edinburgh, EH15 1EA</t>
+  </si>
+  <si>
+    <t>Bruntsfield Place</t>
+  </si>
+  <si>
+    <t>206 BRUNTSFIELD PLACE, BRUNTSFIELD PLACE, EDINBURGH, EH10 4DF</t>
+  </si>
+  <si>
+    <t>Al taglio</t>
+  </si>
+  <si>
+    <t>67 HOME STREET, HOME STREET, EDINBURGH, EH3 9JP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="18">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -2647,6277 +2575,6016 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{530BD434-ACB2-4ABE-8A43-E317ECB9987F}">
-  <dimension ref="A1:F328"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79F2EC25-0B90-415F-8AFF-1E1C18254BAA}">
+  <dimension ref="A1:F315"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection activeCell="AP1" sqref="AP1"/>
-      <selection pane="bottomLeft" activeCell="C15" sqref="C15"/>
+      <selection activeCell="AE1" sqref="AE1"/>
+      <selection pane="bottomLeft" activeCell="I20" sqref="I20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14"/>
   <cols>
-    <col min="1" max="1" width="6.81640625" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="7.90625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6.75" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="36.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="83.5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.08203125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.4140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="32.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2">
         <v>548884</v>
       </c>
       <c r="B2" t="s">
         <v>62</v>
       </c>
       <c r="C2" t="s">
-        <v>463</v>
+        <v>439</v>
       </c>
       <c r="D2" s="1">
         <v>45748</v>
       </c>
       <c r="E2" s="1">
         <v>46112</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6">
       <c r="A3">
-        <v>568900</v>
+        <v>570792</v>
       </c>
       <c r="B3" t="s">
-        <v>113</v>
+        <v>562</v>
       </c>
       <c r="C3" t="s">
-        <v>114</v>
+        <v>563</v>
       </c>
       <c r="D3" s="1">
-        <v>45992</v>
+        <v>46024</v>
       </c>
       <c r="E3" s="1">
-        <v>46022</v>
+        <v>46267</v>
       </c>
       <c r="F3" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4">
         <v>566084</v>
       </c>
       <c r="B4" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="C4" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="D4" s="1">
         <v>45962</v>
       </c>
       <c r="E4" s="1">
         <v>46082</v>
       </c>
       <c r="F4" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6">
       <c r="A5">
-        <v>547138</v>
+        <v>564619</v>
       </c>
       <c r="B5" t="s">
-        <v>290</v>
+        <v>372</v>
       </c>
       <c r="C5" t="s">
-        <v>291</v>
+        <v>373</v>
       </c>
       <c r="D5" s="1">
-        <v>45717</v>
+        <v>45931</v>
       </c>
       <c r="E5" s="1">
-        <v>46021</v>
+        <v>46112</v>
       </c>
       <c r="F5" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6">
       <c r="A6">
-        <v>564619</v>
+        <v>546393</v>
       </c>
       <c r="B6" t="s">
-        <v>391</v>
+        <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>392</v>
+        <v>27</v>
       </c>
       <c r="D6" s="1">
-        <v>45931</v>
+        <v>45748</v>
       </c>
       <c r="E6" s="1">
         <v>46112</v>
       </c>
       <c r="F6" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6">
       <c r="A7">
-        <v>546393</v>
+        <v>566480</v>
       </c>
       <c r="B7" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="D7" s="1">
+        <v>45930</v>
+      </c>
+      <c r="E7" s="1">
+        <v>46294</v>
+      </c>
+      <c r="F7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>549181</v>
+      </c>
+      <c r="B8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" s="1">
         <v>45748</v>
       </c>
-      <c r="E7" s="1">
+      <c r="E8" s="1">
         <v>46112</v>
       </c>
-      <c r="F7" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F8" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6">
       <c r="A9">
-        <v>549181</v>
+        <v>568744</v>
       </c>
       <c r="B9" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>107</v>
       </c>
       <c r="D9" s="1">
-        <v>45748</v>
+        <v>45986</v>
       </c>
       <c r="E9" s="1">
         <v>46112</v>
       </c>
       <c r="F9" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6">
       <c r="A10">
-        <v>568744</v>
+        <v>567777</v>
       </c>
       <c r="B10" t="s">
-        <v>108</v>
+        <v>241</v>
       </c>
       <c r="C10" t="s">
-        <v>109</v>
+        <v>242</v>
       </c>
       <c r="D10" s="1">
-        <v>45986</v>
+        <v>45930</v>
       </c>
       <c r="E10" s="1">
-        <v>46112</v>
+        <v>46294</v>
       </c>
       <c r="F10" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11">
-        <v>567777</v>
+        <v>545190</v>
       </c>
       <c r="B11" t="s">
-        <v>248</v>
+        <v>420</v>
       </c>
       <c r="C11" t="s">
-        <v>249</v>
+        <v>192</v>
       </c>
       <c r="D11" s="1">
-        <v>45930</v>
+        <v>45705</v>
       </c>
       <c r="E11" s="1">
-        <v>46294</v>
+        <v>46043</v>
       </c>
       <c r="F11" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6">
       <c r="A12">
-        <v>545190</v>
+        <v>569584</v>
       </c>
       <c r="B12" t="s">
-        <v>444</v>
+        <v>329</v>
       </c>
       <c r="C12" t="s">
-        <v>198</v>
+        <v>345</v>
       </c>
       <c r="D12" s="1">
-        <v>45705</v>
+        <v>45976</v>
       </c>
       <c r="E12" s="1">
-        <v>46043</v>
+        <v>46340</v>
       </c>
       <c r="F12" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13">
-        <v>567008</v>
+        <v>569573</v>
       </c>
       <c r="B13" t="s">
-        <v>148</v>
+        <v>329</v>
       </c>
       <c r="C13" t="s">
-        <v>149</v>
+        <v>351</v>
       </c>
       <c r="D13" s="1">
-        <v>45961</v>
+        <v>45976</v>
       </c>
       <c r="E13" s="1">
-        <v>45992</v>
+        <v>46340</v>
       </c>
       <c r="F13" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6">
       <c r="A14">
         <v>569507</v>
       </c>
       <c r="B14" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="C14" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="D14" s="1">
         <v>46006</v>
       </c>
       <c r="E14" s="1">
         <v>46340</v>
       </c>
       <c r="F14" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6">
       <c r="A15">
-        <v>569573</v>
+        <v>549345</v>
       </c>
       <c r="B15" t="s">
-        <v>343</v>
+        <v>313</v>
       </c>
       <c r="C15" t="s">
-        <v>369</v>
+        <v>446</v>
       </c>
       <c r="D15" s="1">
-        <v>45976</v>
+        <v>45748</v>
       </c>
       <c r="E15" s="1">
-        <v>46340</v>
+        <v>46112</v>
       </c>
       <c r="F15" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6">
       <c r="A16">
-        <v>569584</v>
+        <v>552424</v>
       </c>
       <c r="B16" t="s">
-        <v>343</v>
+        <v>326</v>
       </c>
       <c r="C16" t="s">
-        <v>359</v>
+        <v>327</v>
       </c>
       <c r="D16" s="1">
-        <v>45976</v>
+        <v>45782</v>
       </c>
       <c r="E16" s="1">
-        <v>46340</v>
+        <v>46086</v>
       </c>
       <c r="F16" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17">
-        <v>549345</v>
+        <v>561284</v>
       </c>
       <c r="B17" t="s">
-        <v>328</v>
+        <v>532</v>
       </c>
       <c r="C17" t="s">
-        <v>470</v>
+        <v>533</v>
       </c>
       <c r="D17" s="1">
+        <v>45884</v>
+      </c>
+      <c r="E17" s="1">
+        <v>46024</v>
+      </c>
+      <c r="F17" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>548277</v>
+      </c>
+      <c r="B18" t="s">
+        <v>81</v>
+      </c>
+      <c r="C18" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" s="1">
         <v>45748</v>
       </c>
-      <c r="E17" s="1">
+      <c r="E18" s="1">
         <v>46112</v>
       </c>
-      <c r="F17" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F18" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6">
       <c r="A19">
-        <v>561284</v>
+        <v>544517</v>
       </c>
       <c r="B19" t="s">
-        <v>560</v>
+        <v>416</v>
       </c>
       <c r="C19" t="s">
-        <v>561</v>
+        <v>417</v>
       </c>
       <c r="D19" s="1">
-        <v>45884</v>
+        <v>45692</v>
       </c>
       <c r="E19" s="1">
-        <v>46024</v>
+        <v>46056</v>
       </c>
       <c r="F19" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6">
       <c r="A20">
-        <v>548277</v>
+        <v>545115</v>
       </c>
       <c r="B20" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="D20" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E20" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F20" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>570025</v>
+      </c>
+      <c r="B21" t="s">
+        <v>275</v>
+      </c>
+      <c r="C21" t="s">
+        <v>276</v>
+      </c>
+      <c r="D21" s="1">
+        <v>46060</v>
+      </c>
+      <c r="E21" s="1">
+        <v>46424</v>
+      </c>
+      <c r="F21" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>551202</v>
+      </c>
+      <c r="B22" t="s">
+        <v>310</v>
+      </c>
+      <c r="C22" t="s">
+        <v>87</v>
+      </c>
+      <c r="D22" s="1">
         <v>45748</v>
       </c>
-      <c r="E20" s="1">
+      <c r="E22" s="1">
         <v>46112</v>
       </c>
-      <c r="F20" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6">
       <c r="A23">
-        <v>551202</v>
+        <v>546004</v>
       </c>
       <c r="B23" t="s">
-        <v>323</v>
+        <v>308</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>309</v>
       </c>
       <c r="D23" s="1">
         <v>45748</v>
       </c>
       <c r="E23" s="1">
         <v>46112</v>
       </c>
       <c r="F23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:6">
       <c r="A24">
-        <v>546004</v>
+        <v>561247</v>
       </c>
       <c r="B24" t="s">
-        <v>321</v>
+        <v>367</v>
       </c>
       <c r="C24" t="s">
-        <v>322</v>
+        <v>368</v>
       </c>
       <c r="D24" s="1">
+        <v>45883</v>
+      </c>
+      <c r="E24" s="1">
+        <v>46247</v>
+      </c>
+      <c r="F24" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>551617</v>
+      </c>
+      <c r="B25" t="s">
+        <v>338</v>
+      </c>
+      <c r="C25" t="s">
+        <v>339</v>
+      </c>
+      <c r="D25" s="1">
+        <v>45790</v>
+      </c>
+      <c r="E25" s="1">
+        <v>46154</v>
+      </c>
+      <c r="F25" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>564455</v>
+      </c>
+      <c r="B26" t="s">
+        <v>389</v>
+      </c>
+      <c r="C26" t="s">
+        <v>390</v>
+      </c>
+      <c r="D26" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E26" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F26" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>566640</v>
+      </c>
+      <c r="B27" t="s">
+        <v>102</v>
+      </c>
+      <c r="C27" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" s="1">
+        <v>45934</v>
+      </c>
+      <c r="E27" s="1">
+        <v>46142</v>
+      </c>
+      <c r="F27" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>564179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>112</v>
+      </c>
+      <c r="C28" t="s">
+        <v>369</v>
+      </c>
+      <c r="D28" s="1">
+        <v>45902</v>
+      </c>
+      <c r="E28" s="1">
+        <v>46266</v>
+      </c>
+      <c r="F28" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>551752</v>
+      </c>
+      <c r="B29" t="s">
+        <v>461</v>
+      </c>
+      <c r="C29" t="s">
+        <v>462</v>
+      </c>
+      <c r="D29" s="1">
+        <v>45796</v>
+      </c>
+      <c r="E29" s="1">
+        <v>46160</v>
+      </c>
+      <c r="F29" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>560228</v>
+      </c>
+      <c r="B30" t="s">
+        <v>360</v>
+      </c>
+      <c r="C30" t="s">
+        <v>361</v>
+      </c>
+      <c r="D30" s="1">
+        <v>45869</v>
+      </c>
+      <c r="E30" s="1">
+        <v>46233</v>
+      </c>
+      <c r="F30" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>557525</v>
+      </c>
+      <c r="B31" t="s">
+        <v>500</v>
+      </c>
+      <c r="C31" t="s">
+        <v>501</v>
+      </c>
+      <c r="D31" s="1">
+        <v>45839</v>
+      </c>
+      <c r="E31" s="1">
+        <v>46203</v>
+      </c>
+      <c r="F31" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32">
+        <v>564249</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>215</v>
+      </c>
+      <c r="D32" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E32" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F32" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33">
+        <v>562482</v>
+      </c>
+      <c r="B33" t="s">
+        <v>175</v>
+      </c>
+      <c r="C33" t="s">
+        <v>355</v>
+      </c>
+      <c r="D33" s="1">
+        <v>45905</v>
+      </c>
+      <c r="E33" s="1">
+        <v>46269</v>
+      </c>
+      <c r="F33" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34">
+        <v>546458</v>
+      </c>
+      <c r="B34" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" t="s">
+        <v>31</v>
+      </c>
+      <c r="D34" s="1">
         <v>45748</v>
       </c>
-      <c r="E24" s="1">
+      <c r="E34" s="1">
         <v>46112</v>
       </c>
-      <c r="F24" t="s">
-[...53 lines deleted...]
-      <c r="D27" s="1">
+      <c r="F34" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35">
+        <v>570320</v>
+      </c>
+      <c r="B35" t="s">
+        <v>560</v>
+      </c>
+      <c r="C35" t="s">
+        <v>561</v>
+      </c>
+      <c r="D35" s="1">
+        <v>46030</v>
+      </c>
+      <c r="E35" s="1">
+        <v>46393</v>
+      </c>
+      <c r="F35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36">
+        <v>562973</v>
+      </c>
+      <c r="B36" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" t="s">
+        <v>194</v>
+      </c>
+      <c r="D36" s="1">
+        <v>45915</v>
+      </c>
+      <c r="E36" s="1">
+        <v>46279</v>
+      </c>
+      <c r="F36" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37">
+        <v>567449</v>
+      </c>
+      <c r="B37" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="1">
+        <v>45978</v>
+      </c>
+      <c r="E37" s="1">
+        <v>46342</v>
+      </c>
+      <c r="F37" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
+        <v>564592</v>
+      </c>
+      <c r="B38" t="s">
+        <v>129</v>
+      </c>
+      <c r="C38" t="s">
+        <v>130</v>
+      </c>
+      <c r="D38" s="1">
         <v>45931</v>
       </c>
-      <c r="E27" s="1">
+      <c r="E38" s="1">
+        <v>46173</v>
+      </c>
+      <c r="F38" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39">
+        <v>558878</v>
+      </c>
+      <c r="B39" t="s">
+        <v>83</v>
+      </c>
+      <c r="C39" t="s">
+        <v>84</v>
+      </c>
+      <c r="D39" s="1">
+        <v>45870</v>
+      </c>
+      <c r="E39" s="1">
+        <v>46234</v>
+      </c>
+      <c r="F39" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40">
+        <v>566468</v>
+      </c>
+      <c r="B40" t="s">
+        <v>187</v>
+      </c>
+      <c r="C40" t="s">
+        <v>233</v>
+      </c>
+      <c r="D40" s="1">
+        <v>45930</v>
+      </c>
+      <c r="E40" s="1">
+        <v>46294</v>
+      </c>
+      <c r="F40" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41">
+        <v>566481</v>
+      </c>
+      <c r="B41" t="s">
+        <v>187</v>
+      </c>
+      <c r="C41" t="s">
+        <v>65</v>
+      </c>
+      <c r="D41" s="1">
+        <v>45930</v>
+      </c>
+      <c r="E41" s="1">
+        <v>46294</v>
+      </c>
+      <c r="F41" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42">
+        <v>567003</v>
+      </c>
+      <c r="B42" t="s">
+        <v>94</v>
+      </c>
+      <c r="C42" t="s">
+        <v>450</v>
+      </c>
+      <c r="D42" s="1">
+        <v>45962</v>
+      </c>
+      <c r="E42" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F42" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43">
+        <v>568611</v>
+      </c>
+      <c r="B43" t="s">
+        <v>554</v>
+      </c>
+      <c r="C43" t="s">
+        <v>124</v>
+      </c>
+      <c r="D43" s="1">
+        <v>45985</v>
+      </c>
+      <c r="E43" s="1">
+        <v>46349</v>
+      </c>
+      <c r="F43" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44">
+        <v>561165</v>
+      </c>
+      <c r="B44" t="s">
+        <v>149</v>
+      </c>
+      <c r="C44" t="s">
+        <v>150</v>
+      </c>
+      <c r="D44" s="1">
+        <v>45909</v>
+      </c>
+      <c r="E44" s="1">
+        <v>46273</v>
+      </c>
+      <c r="F44" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45">
+        <v>557654</v>
+      </c>
+      <c r="B45" t="s">
+        <v>171</v>
+      </c>
+      <c r="C45" t="s">
+        <v>502</v>
+      </c>
+      <c r="D45" s="1">
+        <v>45839</v>
+      </c>
+      <c r="E45" s="1">
+        <v>46203</v>
+      </c>
+      <c r="F45" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46">
+        <v>547240</v>
+      </c>
+      <c r="B46" t="s">
+        <v>282</v>
+      </c>
+      <c r="C46" t="s">
+        <v>429</v>
+      </c>
+      <c r="D46" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E46" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F46" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47">
+        <v>568799</v>
+      </c>
+      <c r="B47" t="s">
+        <v>555</v>
+      </c>
+      <c r="C47" t="s">
+        <v>556</v>
+      </c>
+      <c r="D47" s="1">
+        <v>45987</v>
+      </c>
+      <c r="E47" s="1">
+        <v>46351</v>
+      </c>
+      <c r="F47" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48">
+        <v>566101</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>10</v>
+      </c>
+      <c r="D48" s="1">
+        <v>45960</v>
+      </c>
+      <c r="E48" s="1">
         <v>46295</v>
       </c>
-      <c r="F27" t="s">
-[...136 lines deleted...]
-      <c r="E34" s="1">
+      <c r="F48" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49">
+        <v>559077</v>
+      </c>
+      <c r="B49" t="s">
+        <v>381</v>
+      </c>
+      <c r="C49" t="s">
+        <v>511</v>
+      </c>
+      <c r="D49" s="1">
+        <v>45877</v>
+      </c>
+      <c r="E49" s="1">
+        <v>46241</v>
+      </c>
+      <c r="F49" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50">
+        <v>563095</v>
+      </c>
+      <c r="B50" t="s">
+        <v>381</v>
+      </c>
+      <c r="C50" t="s">
+        <v>382</v>
+      </c>
+      <c r="D50" s="1">
+        <v>45914</v>
+      </c>
+      <c r="E50" s="1">
+        <v>46278</v>
+      </c>
+      <c r="F50" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51">
+        <v>568217</v>
+      </c>
+      <c r="B51" t="s">
+        <v>381</v>
+      </c>
+      <c r="C51" t="s">
+        <v>412</v>
+      </c>
+      <c r="D51" s="1">
+        <v>46000</v>
+      </c>
+      <c r="E51" s="1">
+        <v>46364</v>
+      </c>
+      <c r="F51" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52">
+        <v>566436</v>
+      </c>
+      <c r="B52" t="s">
+        <v>158</v>
+      </c>
+      <c r="C52" t="s">
+        <v>365</v>
+      </c>
+      <c r="D52" s="1">
+        <v>45954</v>
+      </c>
+      <c r="E52" s="1">
+        <v>46136</v>
+      </c>
+      <c r="F52" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53">
+        <v>545160</v>
+      </c>
+      <c r="B53" t="s">
+        <v>135</v>
+      </c>
+      <c r="C53" t="s">
+        <v>136</v>
+      </c>
+      <c r="D53" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E53" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F53" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54">
+        <v>570027</v>
+      </c>
+      <c r="B54" t="s">
+        <v>135</v>
+      </c>
+      <c r="C54" t="s">
+        <v>136</v>
+      </c>
+      <c r="D54" s="1">
+        <v>46060</v>
+      </c>
+      <c r="E54" s="1">
+        <v>46424</v>
+      </c>
+      <c r="F54" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55">
+        <v>569753</v>
+      </c>
+      <c r="B55" t="s">
+        <v>557</v>
+      </c>
+      <c r="C55" t="s">
+        <v>558</v>
+      </c>
+      <c r="D55" s="1">
         <v>46007</v>
       </c>
-      <c r="F34" t="s">
-[...53 lines deleted...]
-      <c r="D37" s="1">
+      <c r="E55" s="1">
+        <v>46371</v>
+      </c>
+      <c r="F55" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56">
+        <v>552569</v>
+      </c>
+      <c r="B56" t="s">
+        <v>467</v>
+      </c>
+      <c r="C56" t="s">
+        <v>468</v>
+      </c>
+      <c r="D56" s="1">
+        <v>45797</v>
+      </c>
+      <c r="E56" s="1">
+        <v>46161</v>
+      </c>
+      <c r="F56" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57">
+        <v>567752</v>
+      </c>
+      <c r="B57" t="s">
+        <v>169</v>
+      </c>
+      <c r="C57" t="s">
+        <v>170</v>
+      </c>
+      <c r="D57" s="1">
+        <v>45972</v>
+      </c>
+      <c r="E57" s="1">
+        <v>46336</v>
+      </c>
+      <c r="F57" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58">
+        <v>561283</v>
+      </c>
+      <c r="B58" t="s">
+        <v>531</v>
+      </c>
+      <c r="C58" t="s">
+        <v>186</v>
+      </c>
+      <c r="D58" s="1">
+        <v>45882</v>
+      </c>
+      <c r="E58" s="1">
+        <v>46246</v>
+      </c>
+      <c r="F58" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59">
+        <v>560526</v>
+      </c>
+      <c r="B59" t="s">
+        <v>523</v>
+      </c>
+      <c r="C59" t="s">
+        <v>524</v>
+      </c>
+      <c r="D59" s="1">
+        <v>45873</v>
+      </c>
+      <c r="E59" s="1">
+        <v>46237</v>
+      </c>
+      <c r="F59" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60">
+        <v>565741</v>
+      </c>
+      <c r="B60" t="s">
+        <v>300</v>
+      </c>
+      <c r="C60" t="s">
+        <v>301</v>
+      </c>
+      <c r="D60" s="1">
+        <v>45955</v>
+      </c>
+      <c r="E60" s="1">
+        <v>46081</v>
+      </c>
+      <c r="F60" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61">
+        <v>569168</v>
+      </c>
+      <c r="B61" t="s">
+        <v>117</v>
+      </c>
+      <c r="C61" t="s">
+        <v>118</v>
+      </c>
+      <c r="D61" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E61" s="1">
+        <v>46173</v>
+      </c>
+      <c r="F61" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62">
+        <v>563809</v>
+      </c>
+      <c r="B62" t="s">
+        <v>385</v>
+      </c>
+      <c r="C62" t="s">
+        <v>382</v>
+      </c>
+      <c r="D62" s="1">
+        <v>45932</v>
+      </c>
+      <c r="E62" s="1">
+        <v>46296</v>
+      </c>
+      <c r="F62" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63">
+        <v>548286</v>
+      </c>
+      <c r="B63" t="s">
+        <v>56</v>
+      </c>
+      <c r="C63" t="s">
+        <v>57</v>
+      </c>
+      <c r="D63" s="1">
+        <v>45774</v>
+      </c>
+      <c r="E63" s="1">
+        <v>46138</v>
+      </c>
+      <c r="F63" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64">
+        <v>546453</v>
+      </c>
+      <c r="B64" t="s">
+        <v>39</v>
+      </c>
+      <c r="C64" t="s">
+        <v>40</v>
+      </c>
+      <c r="D64" s="1">
         <v>45748</v>
       </c>
-      <c r="E37" s="1">
+      <c r="E64" s="1">
         <v>46112</v>
       </c>
-      <c r="F37" t="s">
-[...136 lines deleted...]
-      <c r="E44" s="1">
+      <c r="F64" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65">
+        <v>567609</v>
+      </c>
+      <c r="B65" t="s">
+        <v>296</v>
+      </c>
+      <c r="C65" t="s">
+        <v>297</v>
+      </c>
+      <c r="D65" s="1">
+        <v>45971</v>
+      </c>
+      <c r="E65" s="1">
+        <v>46330</v>
+      </c>
+      <c r="F65" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66">
+        <v>562448</v>
+      </c>
+      <c r="B66" t="s">
+        <v>218</v>
+      </c>
+      <c r="C66" t="s">
+        <v>219</v>
+      </c>
+      <c r="D66" s="1">
+        <v>45901</v>
+      </c>
+      <c r="E66" s="1">
+        <v>46265</v>
+      </c>
+      <c r="F66" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67">
+        <v>548874</v>
+      </c>
+      <c r="B67" t="s">
+        <v>52</v>
+      </c>
+      <c r="C67" t="s">
+        <v>53</v>
+      </c>
+      <c r="D67" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E67" s="1">
         <v>46112</v>
       </c>
-      <c r="F44" t="s">
-[...458 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:6">
       <c r="A68">
-        <v>548874</v>
+        <v>546692</v>
       </c>
       <c r="B68" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="C68" t="s">
-        <v>53</v>
+        <v>267</v>
       </c>
       <c r="D68" s="1">
-        <v>45748</v>
+        <v>45701</v>
       </c>
       <c r="E68" s="1">
-        <v>46112</v>
+        <v>46065</v>
       </c>
       <c r="F68" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="69" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:6">
       <c r="A69">
-        <v>546692</v>
+        <v>551484</v>
       </c>
       <c r="B69" t="s">
         <v>66</v>
       </c>
       <c r="C69" t="s">
-        <v>275</v>
+        <v>67</v>
       </c>
       <c r="D69" s="1">
-        <v>45701</v>
+        <v>45767</v>
       </c>
       <c r="E69" s="1">
-        <v>46065</v>
+        <v>46131</v>
       </c>
       <c r="F69" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="70" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:6">
       <c r="A70">
-        <v>551484</v>
+        <v>554169</v>
       </c>
       <c r="B70" t="s">
         <v>66</v>
       </c>
       <c r="C70" t="s">
-        <v>67</v>
+        <v>141</v>
       </c>
       <c r="D70" s="1">
-        <v>45767</v>
+        <v>45808</v>
       </c>
       <c r="E70" s="1">
-        <v>46131</v>
+        <v>46172</v>
       </c>
       <c r="F70" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:6">
       <c r="A71">
-        <v>554169</v>
+        <v>559027</v>
       </c>
       <c r="B71" t="s">
         <v>66</v>
       </c>
       <c r="C71" t="s">
-        <v>143</v>
+        <v>208</v>
       </c>
       <c r="D71" s="1">
-        <v>45808</v>
+        <v>45930</v>
       </c>
       <c r="E71" s="1">
-        <v>46172</v>
+        <v>46294</v>
       </c>
       <c r="F71" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="72" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:6">
       <c r="A72">
-        <v>559027</v>
+        <v>547082</v>
       </c>
       <c r="B72" t="s">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="C72" t="s">
-        <v>214</v>
+        <v>20</v>
       </c>
       <c r="D72" s="1">
-        <v>45930</v>
+        <v>45718</v>
       </c>
       <c r="E72" s="1">
-        <v>46294</v>
+        <v>46082</v>
       </c>
       <c r="F72" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="73" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:6">
       <c r="A73">
-        <v>547082</v>
+        <v>565637</v>
       </c>
       <c r="B73" t="s">
-        <v>19</v>
+        <v>458</v>
       </c>
       <c r="C73" t="s">
-        <v>20</v>
+        <v>459</v>
       </c>
       <c r="D73" s="1">
-        <v>45718</v>
+        <v>45943</v>
       </c>
       <c r="E73" s="1">
-        <v>46082</v>
+        <v>46125</v>
       </c>
       <c r="F73" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:6">
       <c r="A74">
-        <v>565637</v>
+        <v>553296</v>
       </c>
       <c r="B74" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="C74" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="D74" s="1">
-        <v>45943</v>
+        <v>45806</v>
       </c>
       <c r="E74" s="1">
+        <v>46170</v>
+      </c>
+      <c r="F74" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75">
+        <v>550839</v>
+      </c>
+      <c r="B75" t="s">
+        <v>452</v>
+      </c>
+      <c r="C75" t="s">
+        <v>453</v>
+      </c>
+      <c r="D75" s="1">
+        <v>45761</v>
+      </c>
+      <c r="E75" s="1">
         <v>46125</v>
       </c>
-      <c r="F74" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F75" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="76" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:6">
       <c r="A76">
-        <v>550839</v>
+        <v>550138</v>
       </c>
       <c r="B76" t="s">
-        <v>476</v>
+        <v>451</v>
       </c>
       <c r="C76" t="s">
-        <v>477</v>
+        <v>374</v>
       </c>
       <c r="D76" s="1">
-        <v>45761</v>
+        <v>45744</v>
       </c>
       <c r="E76" s="1">
-        <v>46125</v>
+        <v>46108</v>
       </c>
       <c r="F76" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="77" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:6">
       <c r="A77">
-        <v>550138</v>
+        <v>546460</v>
       </c>
       <c r="B77" t="s">
-        <v>475</v>
+        <v>41</v>
       </c>
       <c r="C77" t="s">
-        <v>393</v>
+        <v>42</v>
       </c>
       <c r="D77" s="1">
-        <v>45744</v>
+        <v>45748</v>
       </c>
       <c r="E77" s="1">
-        <v>46108</v>
+        <v>46112</v>
       </c>
       <c r="F77" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:6">
       <c r="A78">
-        <v>546460</v>
+        <v>548868</v>
       </c>
       <c r="B78" t="s">
-        <v>41</v>
+        <v>283</v>
       </c>
       <c r="C78" t="s">
-        <v>42</v>
+        <v>437</v>
       </c>
       <c r="D78" s="1">
         <v>45748</v>
       </c>
       <c r="E78" s="1">
         <v>46112</v>
       </c>
       <c r="F78" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="79" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:6">
       <c r="A79">
-        <v>548868</v>
+        <v>567014</v>
       </c>
       <c r="B79" t="s">
-        <v>293</v>
+        <v>315</v>
       </c>
       <c r="C79" t="s">
-        <v>461</v>
+        <v>134</v>
       </c>
       <c r="D79" s="1">
+        <v>45962</v>
+      </c>
+      <c r="E79" s="1">
+        <v>46053</v>
+      </c>
+      <c r="F79" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80">
+        <v>548880</v>
+      </c>
+      <c r="B80" t="s">
+        <v>289</v>
+      </c>
+      <c r="C80" t="s">
+        <v>290</v>
+      </c>
+      <c r="D80" s="1">
+        <v>45745</v>
+      </c>
+      <c r="E80" s="1">
+        <v>46109</v>
+      </c>
+      <c r="F80" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81">
+        <v>566221</v>
+      </c>
+      <c r="B81" t="s">
+        <v>212</v>
+      </c>
+      <c r="C81" t="s">
+        <v>213</v>
+      </c>
+      <c r="D81" s="1">
+        <v>45964</v>
+      </c>
+      <c r="E81" s="1">
+        <v>46113</v>
+      </c>
+      <c r="F81" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82">
+        <v>562356</v>
+      </c>
+      <c r="B82" t="s">
+        <v>247</v>
+      </c>
+      <c r="C82" t="s">
+        <v>248</v>
+      </c>
+      <c r="D82" s="1">
+        <v>45986</v>
+      </c>
+      <c r="E82" s="1">
+        <v>46350</v>
+      </c>
+      <c r="F82" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83">
+        <v>548768</v>
+      </c>
+      <c r="B83" t="s">
+        <v>434</v>
+      </c>
+      <c r="C83" t="s">
+        <v>435</v>
+      </c>
+      <c r="D83" s="1">
+        <v>45740</v>
+      </c>
+      <c r="E83" s="1">
+        <v>46104</v>
+      </c>
+      <c r="F83" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84">
+        <v>563798</v>
+      </c>
+      <c r="B84" t="s">
+        <v>291</v>
+      </c>
+      <c r="C84" t="s">
+        <v>292</v>
+      </c>
+      <c r="D84" s="1">
+        <v>45932</v>
+      </c>
+      <c r="E84" s="1">
+        <v>46296</v>
+      </c>
+      <c r="F84" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85">
+        <v>548795</v>
+      </c>
+      <c r="B85" t="s">
+        <v>73</v>
+      </c>
+      <c r="C85" t="s">
+        <v>74</v>
+      </c>
+      <c r="D85" s="1">
+        <v>45718</v>
+      </c>
+      <c r="E85" s="1">
+        <v>46082</v>
+      </c>
+      <c r="F85" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86">
+        <v>553944</v>
+      </c>
+      <c r="B86" t="s">
+        <v>484</v>
+      </c>
+      <c r="C86" t="s">
+        <v>485</v>
+      </c>
+      <c r="D86" s="1">
+        <v>45818</v>
+      </c>
+      <c r="E86" s="1">
+        <v>46182</v>
+      </c>
+      <c r="F86" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87">
+        <v>549346</v>
+      </c>
+      <c r="B87" t="s">
+        <v>304</v>
+      </c>
+      <c r="C87" t="s">
+        <v>305</v>
+      </c>
+      <c r="D87" s="1">
         <v>45748</v>
       </c>
-      <c r="E79" s="1">
+      <c r="E87" s="1">
+        <v>46111</v>
+      </c>
+      <c r="F87" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88">
+        <v>566665</v>
+      </c>
+      <c r="B88" t="s">
+        <v>350</v>
+      </c>
+      <c r="C88" t="s">
+        <v>409</v>
+      </c>
+      <c r="D88" s="1">
+        <v>45962</v>
+      </c>
+      <c r="E88" s="1">
+        <v>46142</v>
+      </c>
+      <c r="F88" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89">
+        <v>567733</v>
+      </c>
+      <c r="B89" t="s">
+        <v>122</v>
+      </c>
+      <c r="C89" t="s">
+        <v>359</v>
+      </c>
+      <c r="D89" s="1">
+        <v>45992</v>
+      </c>
+      <c r="E89" s="1">
+        <v>46356</v>
+      </c>
+      <c r="F89" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90">
+        <v>553625</v>
+      </c>
+      <c r="B90" t="s">
+        <v>139</v>
+      </c>
+      <c r="C90" t="s">
+        <v>140</v>
+      </c>
+      <c r="D90" s="1">
+        <v>45845</v>
+      </c>
+      <c r="E90" s="1">
+        <v>46209</v>
+      </c>
+      <c r="F90" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91">
+        <v>558713</v>
+      </c>
+      <c r="B91" t="s">
+        <v>161</v>
+      </c>
+      <c r="C91" t="s">
+        <v>162</v>
+      </c>
+      <c r="D91" s="1">
+        <v>45867</v>
+      </c>
+      <c r="E91" s="1">
+        <v>46231</v>
+      </c>
+      <c r="F91" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92">
+        <v>550723</v>
+      </c>
+      <c r="B92" t="s">
+        <v>265</v>
+      </c>
+      <c r="C92" t="s">
+        <v>266</v>
+      </c>
+      <c r="D92" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E92" s="1">
         <v>46112</v>
       </c>
-      <c r="F79" t="s">
-[...147 lines deleted...]
-      <c r="B87" t="s">
+      <c r="F92" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93">
+        <v>566643</v>
+      </c>
+      <c r="B93" t="s">
+        <v>14</v>
+      </c>
+      <c r="C93" t="s">
+        <v>15</v>
+      </c>
+      <c r="D93" s="1">
+        <v>45958</v>
+      </c>
+      <c r="E93" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F93" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94">
+        <v>551754</v>
+      </c>
+      <c r="B94" t="s">
+        <v>463</v>
+      </c>
+      <c r="C94" t="s">
+        <v>464</v>
+      </c>
+      <c r="D94" s="1">
+        <v>45768</v>
+      </c>
+      <c r="E94" s="1">
+        <v>46027</v>
+      </c>
+      <c r="F94" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95">
+        <v>568101</v>
+      </c>
+      <c r="B95" t="s">
+        <v>271</v>
+      </c>
+      <c r="C95" t="s">
+        <v>272</v>
+      </c>
+      <c r="D95" s="1">
+        <v>46019</v>
+      </c>
+      <c r="E95" s="1">
+        <v>46383</v>
+      </c>
+      <c r="F95" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96">
+        <v>567300</v>
+      </c>
+      <c r="B96" t="s">
+        <v>163</v>
+      </c>
+      <c r="C96" t="s">
+        <v>164</v>
+      </c>
+      <c r="D96" s="1">
+        <v>45965</v>
+      </c>
+      <c r="E96" s="1">
+        <v>46329</v>
+      </c>
+      <c r="F96" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97">
+        <v>555513</v>
+      </c>
+      <c r="B97" t="s">
+        <v>306</v>
+      </c>
+      <c r="C97" t="s">
+        <v>307</v>
+      </c>
+      <c r="D97" s="1">
+        <v>45812</v>
+      </c>
+      <c r="E97" s="1">
+        <v>46176</v>
+      </c>
+      <c r="F97" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98">
+        <v>545126</v>
+      </c>
+      <c r="B98" t="s">
+        <v>277</v>
+      </c>
+      <c r="C98" t="s">
+        <v>278</v>
+      </c>
+      <c r="D98" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E98" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F98" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99">
+        <v>570032</v>
+      </c>
+      <c r="B99" t="s">
+        <v>277</v>
+      </c>
+      <c r="C99" t="s">
+        <v>278</v>
+      </c>
+      <c r="D99" s="1">
+        <v>46060</v>
+      </c>
+      <c r="E99" s="1">
+        <v>46424</v>
+      </c>
+      <c r="F99" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100">
+        <v>567992</v>
+      </c>
+      <c r="B100" t="s">
+        <v>211</v>
+      </c>
+      <c r="C100" t="s">
+        <v>352</v>
+      </c>
+      <c r="D100" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E100" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F100" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101">
+        <v>570971</v>
+      </c>
+      <c r="B101" t="s">
         <v>509</v>
       </c>
-      <c r="C87" t="s">
+      <c r="C101" t="s">
         <v>510</v>
       </c>
-      <c r="D87" s="1">
-[...39 lines deleted...]
-      <c r="D89" s="1">
+      <c r="D101" s="1">
+        <v>46023</v>
+      </c>
+      <c r="E101" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F101" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102">
+        <v>552970</v>
+      </c>
+      <c r="B102" t="s">
+        <v>471</v>
+      </c>
+      <c r="C102" t="s">
+        <v>472</v>
+      </c>
+      <c r="D102" s="1">
+        <v>45807</v>
+      </c>
+      <c r="E102" s="1">
+        <v>46171</v>
+      </c>
+      <c r="F102" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103">
+        <v>546265</v>
+      </c>
+      <c r="B103" t="s">
+        <v>270</v>
+      </c>
+      <c r="C103" t="s">
+        <v>427</v>
+      </c>
+      <c r="D103" s="1">
         <v>45748</v>
-      </c>
-[...278 lines deleted...]
-        <v>45931</v>
       </c>
       <c r="E103" s="1">
         <v>46112</v>
       </c>
       <c r="F103" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:6" x14ac:dyDescent="0.35">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
       <c r="A104">
-        <v>562347</v>
+        <v>549561</v>
       </c>
       <c r="B104" t="s">
-        <v>536</v>
+        <v>188</v>
       </c>
       <c r="C104" t="s">
-        <v>537</v>
+        <v>189</v>
       </c>
       <c r="D104" s="1">
-        <v>45901</v>
+        <v>45736</v>
       </c>
       <c r="E104" s="1">
-        <v>46022</v>
+        <v>46100</v>
       </c>
       <c r="F104" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="105" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:6">
       <c r="A105">
-        <v>552970</v>
+        <v>562778</v>
       </c>
       <c r="B105" t="s">
-        <v>496</v>
+        <v>232</v>
       </c>
       <c r="C105" t="s">
-        <v>497</v>
+        <v>384</v>
       </c>
       <c r="D105" s="1">
-        <v>45807</v>
+        <v>45931</v>
       </c>
       <c r="E105" s="1">
-        <v>46171</v>
+        <v>46295</v>
       </c>
       <c r="F105" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="106" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:6">
       <c r="A106">
-        <v>546265</v>
+        <v>567744</v>
       </c>
       <c r="B106" t="s">
-        <v>278</v>
+        <v>225</v>
       </c>
       <c r="C106" t="s">
-        <v>453</v>
+        <v>226</v>
       </c>
       <c r="D106" s="1">
+        <v>45973</v>
+      </c>
+      <c r="E106" s="1">
+        <v>46337</v>
+      </c>
+      <c r="F106" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107">
+        <v>546297</v>
+      </c>
+      <c r="B107" t="s">
+        <v>32</v>
+      </c>
+      <c r="C107" t="s">
+        <v>33</v>
+      </c>
+      <c r="D107" s="1">
         <v>45748</v>
       </c>
-      <c r="E106" s="1">
+      <c r="E107" s="1">
         <v>46112</v>
       </c>
-      <c r="F106" t="s">
-[...13 lines deleted...]
-      <c r="D107" s="1">
+      <c r="F107" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108">
+        <v>549279</v>
+      </c>
+      <c r="B108" t="s">
+        <v>97</v>
+      </c>
+      <c r="C108" t="s">
+        <v>98</v>
+      </c>
+      <c r="D108" s="1">
         <v>45736</v>
       </c>
-      <c r="E107" s="1">
+      <c r="E108" s="1">
         <v>46100</v>
       </c>
-      <c r="F107" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F108" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="109" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:6">
       <c r="A109">
-        <v>567744</v>
+        <v>549177</v>
       </c>
       <c r="B109" t="s">
-        <v>231</v>
+        <v>34</v>
       </c>
       <c r="C109" t="s">
-        <v>232</v>
+        <v>35</v>
       </c>
       <c r="D109" s="1">
-        <v>45973</v>
+        <v>45748</v>
       </c>
       <c r="E109" s="1">
-        <v>46337</v>
+        <v>46112</v>
       </c>
       <c r="F109" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="110" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:6">
       <c r="A110">
-        <v>546297</v>
+        <v>546528</v>
       </c>
       <c r="B110" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C110" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D110" s="1">
         <v>45748</v>
       </c>
       <c r="E110" s="1">
         <v>46112</v>
       </c>
       <c r="F110" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:6" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
       <c r="A111">
-        <v>549279</v>
+        <v>546408</v>
       </c>
       <c r="B111" t="s">
-        <v>99</v>
+        <v>71</v>
       </c>
       <c r="C111" t="s">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="D111" s="1">
-        <v>45736</v>
+        <v>45748</v>
       </c>
       <c r="E111" s="1">
-        <v>46100</v>
+        <v>46112</v>
       </c>
       <c r="F111" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="112" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="112" spans="1:6">
       <c r="A112">
-        <v>549177</v>
+        <v>550901</v>
       </c>
       <c r="B112" t="s">
-        <v>34</v>
+        <v>455</v>
       </c>
       <c r="C112" t="s">
-        <v>35</v>
+        <v>456</v>
       </c>
       <c r="D112" s="1">
-        <v>45748</v>
+        <v>45787</v>
       </c>
       <c r="E112" s="1">
-        <v>46112</v>
+        <v>46151</v>
       </c>
       <c r="F112" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="113" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="113" spans="1:6">
       <c r="A113">
-        <v>546528</v>
+        <v>563990</v>
       </c>
       <c r="B113" t="s">
-        <v>36</v>
+        <v>542</v>
       </c>
       <c r="C113" t="s">
-        <v>37</v>
+        <v>543</v>
       </c>
       <c r="D113" s="1">
-        <v>45748</v>
+        <v>45931</v>
       </c>
       <c r="E113" s="1">
         <v>46112</v>
       </c>
       <c r="F113" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="114" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="114" spans="1:6">
       <c r="A114">
-        <v>546408</v>
+        <v>561648</v>
       </c>
       <c r="B114" t="s">
-        <v>71</v>
+        <v>137</v>
       </c>
       <c r="C114" t="s">
-        <v>72</v>
+        <v>138</v>
       </c>
       <c r="D114" s="1">
-        <v>45748</v>
+        <v>45890</v>
       </c>
       <c r="E114" s="1">
-        <v>46112</v>
+        <v>46254</v>
       </c>
       <c r="F114" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:6" x14ac:dyDescent="0.35">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
       <c r="A115">
-        <v>550901</v>
+        <v>566113</v>
       </c>
       <c r="B115" t="s">
-        <v>479</v>
+        <v>68</v>
       </c>
       <c r="C115" t="s">
-        <v>480</v>
+        <v>69</v>
       </c>
       <c r="D115" s="1">
-        <v>45787</v>
+        <v>45950</v>
       </c>
       <c r="E115" s="1">
-        <v>46151</v>
+        <v>46314</v>
       </c>
       <c r="F115" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="116" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:6">
       <c r="A116">
-        <v>563990</v>
+        <v>561149</v>
       </c>
       <c r="B116" t="s">
-        <v>570</v>
+        <v>529</v>
       </c>
       <c r="C116" t="s">
-        <v>571</v>
+        <v>530</v>
       </c>
       <c r="D116" s="1">
+        <v>45904</v>
+      </c>
+      <c r="E116" s="1">
+        <v>46268</v>
+      </c>
+      <c r="F116" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117">
+        <v>560443</v>
+      </c>
+      <c r="B117" t="s">
+        <v>366</v>
+      </c>
+      <c r="C117" t="s">
+        <v>520</v>
+      </c>
+      <c r="D117" s="1">
+        <v>45871</v>
+      </c>
+      <c r="E117" s="1">
+        <v>46235</v>
+      </c>
+      <c r="F117" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118">
+        <v>563988</v>
+      </c>
+      <c r="B118" t="s">
+        <v>432</v>
+      </c>
+      <c r="C118" t="s">
+        <v>433</v>
+      </c>
+      <c r="D118" s="1">
+        <v>45932</v>
+      </c>
+      <c r="E118" s="1">
+        <v>46296</v>
+      </c>
+      <c r="F118" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119">
+        <v>553404</v>
+      </c>
+      <c r="B119" t="s">
+        <v>335</v>
+      </c>
+      <c r="C119" t="s">
+        <v>336</v>
+      </c>
+      <c r="D119" s="1">
+        <v>45786</v>
+      </c>
+      <c r="E119" s="1">
+        <v>46150</v>
+      </c>
+      <c r="F119" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120">
+        <v>568093</v>
+      </c>
+      <c r="B120" t="s">
+        <v>113</v>
+      </c>
+      <c r="C120" t="s">
+        <v>551</v>
+      </c>
+      <c r="D120" s="1">
         <v>45931</v>
       </c>
-      <c r="E116" s="1">
-[...78 lines deleted...]
-      </c>
       <c r="E120" s="1">
-        <v>46235</v>
+        <v>46295</v>
       </c>
       <c r="F120" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:6" x14ac:dyDescent="0.35">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
       <c r="A121">
-        <v>567629</v>
+        <v>566095</v>
       </c>
       <c r="B121" t="s">
-        <v>330</v>
+        <v>295</v>
       </c>
       <c r="C121" t="s">
-        <v>235</v>
+        <v>146</v>
       </c>
       <c r="D121" s="1">
         <v>45962</v>
       </c>
       <c r="E121" s="1">
-        <v>46022</v>
+        <v>46112</v>
       </c>
       <c r="F121" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="122" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="122" spans="1:6">
       <c r="A122">
-        <v>563988</v>
+        <v>549997</v>
       </c>
       <c r="B122" t="s">
-        <v>456</v>
+        <v>386</v>
       </c>
       <c r="C122" t="s">
-        <v>457</v>
+        <v>388</v>
       </c>
       <c r="D122" s="1">
-        <v>45932</v>
+        <v>45741</v>
       </c>
       <c r="E122" s="1">
-        <v>46296</v>
+        <v>46105</v>
       </c>
       <c r="F122" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="123" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="123" spans="1:6">
       <c r="A123">
-        <v>553404</v>
+        <v>566562</v>
       </c>
       <c r="B123" t="s">
-        <v>349</v>
+        <v>386</v>
       </c>
       <c r="C123" t="s">
-        <v>350</v>
+        <v>387</v>
       </c>
       <c r="D123" s="1">
-        <v>45786</v>
+        <v>45955</v>
       </c>
       <c r="E123" s="1">
-        <v>46150</v>
+        <v>46319</v>
       </c>
       <c r="F123" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="124" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="124" spans="1:6">
       <c r="A124">
-        <v>568093</v>
+        <v>568053</v>
       </c>
       <c r="B124" t="s">
-        <v>115</v>
+        <v>229</v>
       </c>
       <c r="C124" t="s">
-        <v>579</v>
+        <v>230</v>
       </c>
       <c r="D124" s="1">
-        <v>45931</v>
+        <v>45975</v>
       </c>
       <c r="E124" s="1">
-        <v>46295</v>
+        <v>46339</v>
       </c>
       <c r="F124" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:6" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
       <c r="A125">
-        <v>566095</v>
+        <v>568304</v>
       </c>
       <c r="B125" t="s">
-        <v>306</v>
+        <v>220</v>
       </c>
       <c r="C125" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D125" s="1">
-        <v>45962</v>
+        <v>45980</v>
       </c>
       <c r="E125" s="1">
         <v>46112</v>
       </c>
       <c r="F125" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="126" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="126" spans="1:6">
       <c r="A126">
-        <v>549997</v>
+        <v>570220</v>
       </c>
       <c r="B126" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="C126" t="s">
-        <v>407</v>
+        <v>431</v>
       </c>
       <c r="D126" s="1">
-        <v>45741</v>
+        <v>46143</v>
       </c>
       <c r="E126" s="1">
-        <v>46105</v>
+        <v>46295</v>
       </c>
       <c r="F126" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="127" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:6">
       <c r="A127">
-        <v>566562</v>
+        <v>566089</v>
       </c>
       <c r="B127" t="s">
-        <v>405</v>
+        <v>377</v>
       </c>
       <c r="C127" t="s">
-        <v>406</v>
+        <v>378</v>
       </c>
       <c r="D127" s="1">
-        <v>45955</v>
+        <v>45946</v>
       </c>
       <c r="E127" s="1">
-        <v>46319</v>
+        <v>46310</v>
       </c>
       <c r="F127" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="128" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:6">
       <c r="A128">
-        <v>568053</v>
+        <v>569963</v>
       </c>
       <c r="B128" t="s">
-        <v>236</v>
+        <v>153</v>
       </c>
       <c r="C128" t="s">
-        <v>237</v>
+        <v>154</v>
       </c>
       <c r="D128" s="1">
-        <v>45975</v>
+        <v>46002</v>
       </c>
       <c r="E128" s="1">
-        <v>46339</v>
+        <v>46091</v>
       </c>
       <c r="F128" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="129" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:6">
       <c r="A129">
-        <v>568304</v>
+        <v>548785</v>
       </c>
       <c r="B129" t="s">
-        <v>226</v>
+        <v>410</v>
       </c>
       <c r="C129" t="s">
-        <v>227</v>
+        <v>411</v>
       </c>
       <c r="D129" s="1">
-        <v>45980</v>
+        <v>45748</v>
       </c>
       <c r="E129" s="1">
         <v>46112</v>
       </c>
       <c r="F129" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:6" x14ac:dyDescent="0.35">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
       <c r="A130">
-        <v>566089</v>
+        <v>551614</v>
       </c>
       <c r="B130" t="s">
-        <v>396</v>
+        <v>204</v>
       </c>
       <c r="C130" t="s">
-        <v>397</v>
+        <v>205</v>
       </c>
       <c r="D130" s="1">
+        <v>45782</v>
+      </c>
+      <c r="E130" s="1">
+        <v>46146</v>
+      </c>
+      <c r="F130" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131">
+        <v>568772</v>
+      </c>
+      <c r="B131" t="s">
+        <v>147</v>
+      </c>
+      <c r="C131" t="s">
+        <v>148</v>
+      </c>
+      <c r="D131" s="1">
+        <v>45986</v>
+      </c>
+      <c r="E131" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F131" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132">
+        <v>565471</v>
+      </c>
+      <c r="B132" t="s">
+        <v>16</v>
+      </c>
+      <c r="C132" t="s">
+        <v>17</v>
+      </c>
+      <c r="D132" s="1">
+        <v>45957</v>
+      </c>
+      <c r="E132" s="1">
+        <v>46094</v>
+      </c>
+      <c r="F132" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133">
+        <v>559196</v>
+      </c>
+      <c r="B133" t="s">
+        <v>156</v>
+      </c>
+      <c r="C133" t="s">
+        <v>157</v>
+      </c>
+      <c r="D133" s="1">
+        <v>45857</v>
+      </c>
+      <c r="E133" s="1">
+        <v>46041</v>
+      </c>
+      <c r="F133" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134">
+        <v>560151</v>
+      </c>
+      <c r="B134" t="s">
+        <v>167</v>
+      </c>
+      <c r="C134" t="s">
+        <v>168</v>
+      </c>
+      <c r="D134" s="1">
+        <v>45859</v>
+      </c>
+      <c r="E134" s="1">
+        <v>46223</v>
+      </c>
+      <c r="F134" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135">
+        <v>547646</v>
+      </c>
+      <c r="B135" t="s">
+        <v>263</v>
+      </c>
+      <c r="C135" t="s">
+        <v>264</v>
+      </c>
+      <c r="D135" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E135" s="1">
+        <v>46081</v>
+      </c>
+      <c r="F135" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136">
+        <v>555230</v>
+      </c>
+      <c r="B136" t="s">
+        <v>493</v>
+      </c>
+      <c r="C136" t="s">
+        <v>494</v>
+      </c>
+      <c r="D136" s="1">
+        <v>45810</v>
+      </c>
+      <c r="E136" s="1">
+        <v>46174</v>
+      </c>
+      <c r="F136" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137">
+        <v>554560</v>
+      </c>
+      <c r="B137" t="s">
+        <v>333</v>
+      </c>
+      <c r="C137" t="s">
+        <v>334</v>
+      </c>
+      <c r="D137" s="1">
+        <v>45784</v>
+      </c>
+      <c r="E137" s="1">
+        <v>46148</v>
+      </c>
+      <c r="F137" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138">
+        <v>545061</v>
+      </c>
+      <c r="B138" t="s">
+        <v>95</v>
+      </c>
+      <c r="C138" t="s">
+        <v>96</v>
+      </c>
+      <c r="D138" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E138" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F138" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139">
+        <v>570012</v>
+      </c>
+      <c r="B139" t="s">
+        <v>95</v>
+      </c>
+      <c r="C139" t="s">
+        <v>96</v>
+      </c>
+      <c r="D139" s="1">
+        <v>46060</v>
+      </c>
+      <c r="E139" s="1">
+        <v>46424</v>
+      </c>
+      <c r="F139" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140">
+        <v>558873</v>
+      </c>
+      <c r="B140" t="s">
+        <v>142</v>
+      </c>
+      <c r="C140" t="s">
+        <v>143</v>
+      </c>
+      <c r="D140" s="1">
+        <v>45854</v>
+      </c>
+      <c r="E140" s="1">
+        <v>46218</v>
+      </c>
+      <c r="F140" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141">
+        <v>546640</v>
+      </c>
+      <c r="B141" t="s">
+        <v>12</v>
+      </c>
+      <c r="C141" t="s">
+        <v>13</v>
+      </c>
+      <c r="D141" s="1">
+        <v>45717</v>
+      </c>
+      <c r="E141" s="1">
+        <v>46081</v>
+      </c>
+      <c r="F141" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142">
+        <v>568135</v>
+      </c>
+      <c r="B142" t="s">
+        <v>174</v>
+      </c>
+      <c r="C142" t="s">
+        <v>199</v>
+      </c>
+      <c r="D142" s="1">
+        <v>45980</v>
+      </c>
+      <c r="E142" s="1">
+        <v>46343</v>
+      </c>
+      <c r="F142" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143">
+        <v>564914</v>
+      </c>
+      <c r="B143" t="s">
+        <v>174</v>
+      </c>
+      <c r="C143" t="s">
+        <v>318</v>
+      </c>
+      <c r="D143" s="1">
+        <v>45947</v>
+      </c>
+      <c r="E143" s="1">
+        <v>46128</v>
+      </c>
+      <c r="F143" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144">
+        <v>567707</v>
+      </c>
+      <c r="B144" t="s">
+        <v>184</v>
+      </c>
+      <c r="C144" t="s">
+        <v>185</v>
+      </c>
+      <c r="D144" s="1">
+        <v>45971</v>
+      </c>
+      <c r="E144" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F144" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145">
+        <v>558623</v>
+      </c>
+      <c r="B145" t="s">
+        <v>508</v>
+      </c>
+      <c r="C145" t="s">
+        <v>354</v>
+      </c>
+      <c r="D145" s="1">
+        <v>45849</v>
+      </c>
+      <c r="E145" s="1">
+        <v>46213</v>
+      </c>
+      <c r="F145" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146">
+        <v>565632</v>
+      </c>
+      <c r="B146" t="s">
+        <v>393</v>
+      </c>
+      <c r="C146" t="s">
+        <v>394</v>
+      </c>
+      <c r="D146" s="1">
+        <v>45951</v>
+      </c>
+      <c r="E146" s="1">
+        <v>46315</v>
+      </c>
+      <c r="F146" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147">
+        <v>559829</v>
+      </c>
+      <c r="B147" t="s">
+        <v>516</v>
+      </c>
+      <c r="C147" t="s">
+        <v>517</v>
+      </c>
+      <c r="D147" s="1">
+        <v>45864</v>
+      </c>
+      <c r="E147" s="1">
+        <v>46048</v>
+      </c>
+      <c r="F147" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148">
+        <v>567815</v>
+      </c>
+      <c r="B148" t="s">
+        <v>516</v>
+      </c>
+      <c r="C148" t="s">
+        <v>517</v>
+      </c>
+      <c r="D148" s="1">
+        <v>46047</v>
+      </c>
+      <c r="E148" s="1">
+        <v>46388</v>
+      </c>
+      <c r="F148" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149">
+        <v>565271</v>
+      </c>
+      <c r="B149" t="s">
+        <v>133</v>
+      </c>
+      <c r="C149" t="s">
+        <v>404</v>
+      </c>
+      <c r="D149" s="1">
+        <v>45944</v>
+      </c>
+      <c r="E149" s="1">
+        <v>46090</v>
+      </c>
+      <c r="F149" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150">
+        <v>545150</v>
+      </c>
+      <c r="B150" t="s">
+        <v>279</v>
+      </c>
+      <c r="C150" t="s">
+        <v>280</v>
+      </c>
+      <c r="D150" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E150" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F150" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151">
+        <v>570023</v>
+      </c>
+      <c r="B151" t="s">
+        <v>279</v>
+      </c>
+      <c r="C151" t="s">
+        <v>280</v>
+      </c>
+      <c r="D151" s="1">
+        <v>46060</v>
+      </c>
+      <c r="E151" s="1">
+        <v>46424</v>
+      </c>
+      <c r="F151" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152">
+        <v>554065</v>
+      </c>
+      <c r="B152" t="s">
+        <v>486</v>
+      </c>
+      <c r="C152" t="s">
+        <v>487</v>
+      </c>
+      <c r="D152" s="1">
+        <v>45798</v>
+      </c>
+      <c r="E152" s="1">
+        <v>46162</v>
+      </c>
+      <c r="F152" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153">
+        <v>559579</v>
+      </c>
+      <c r="B153" t="s">
+        <v>514</v>
+      </c>
+      <c r="C153" t="s">
+        <v>515</v>
+      </c>
+      <c r="D153" s="1">
+        <v>45862</v>
+      </c>
+      <c r="E153" s="1">
+        <v>46197</v>
+      </c>
+      <c r="F153" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154">
+        <v>551040</v>
+      </c>
+      <c r="B154" t="s">
+        <v>90</v>
+      </c>
+      <c r="C154" t="s">
+        <v>91</v>
+      </c>
+      <c r="D154" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E154" s="1">
+        <v>46173</v>
+      </c>
+      <c r="F154" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155">
+        <v>564540</v>
+      </c>
+      <c r="B155" t="s">
+        <v>281</v>
+      </c>
+      <c r="C155" t="s">
+        <v>209</v>
+      </c>
+      <c r="D155" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E155" s="1">
+        <v>46142</v>
+      </c>
+      <c r="F155" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156">
+        <v>553153</v>
+      </c>
+      <c r="B156" t="s">
+        <v>11</v>
+      </c>
+      <c r="C156" t="s">
+        <v>337</v>
+      </c>
+      <c r="D156" s="1">
+        <v>45786</v>
+      </c>
+      <c r="E156" s="1">
+        <v>46149</v>
+      </c>
+      <c r="F156" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157">
+        <v>565278</v>
+      </c>
+      <c r="B157" t="s">
+        <v>43</v>
+      </c>
+      <c r="C157" t="s">
+        <v>251</v>
+      </c>
+      <c r="D157" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E157" s="1">
+        <v>46081</v>
+      </c>
+      <c r="F157" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158">
+        <v>550889</v>
+      </c>
+      <c r="B158" t="s">
+        <v>121</v>
+      </c>
+      <c r="C158" t="s">
+        <v>454</v>
+      </c>
+      <c r="D158" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E158" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F158" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159">
+        <v>564472</v>
+      </c>
+      <c r="B159" t="s">
+        <v>254</v>
+      </c>
+      <c r="C159" t="s">
+        <v>255</v>
+      </c>
+      <c r="D159" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E159" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F159" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160">
+        <v>555217</v>
+      </c>
+      <c r="B160" t="s">
+        <v>492</v>
+      </c>
+      <c r="C160" t="s">
+        <v>353</v>
+      </c>
+      <c r="D160" s="1">
+        <v>45808</v>
+      </c>
+      <c r="E160" s="1">
+        <v>46172</v>
+      </c>
+      <c r="F160" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161">
+        <v>544413</v>
+      </c>
+      <c r="B161" t="s">
+        <v>239</v>
+      </c>
+      <c r="C161" t="s">
+        <v>260</v>
+      </c>
+      <c r="D161" s="1">
+        <v>45688</v>
+      </c>
+      <c r="E161" s="1">
+        <v>46052</v>
+      </c>
+      <c r="F161" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162">
+        <v>568145</v>
+      </c>
+      <c r="B162" t="s">
+        <v>239</v>
+      </c>
+      <c r="C162" t="s">
+        <v>240</v>
+      </c>
+      <c r="D162" s="1">
+        <v>45977</v>
+      </c>
+      <c r="E162" s="1">
+        <v>46341</v>
+      </c>
+      <c r="F162" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163">
+        <v>553159</v>
+      </c>
+      <c r="B163" t="s">
+        <v>316</v>
+      </c>
+      <c r="C163" t="s">
+        <v>317</v>
+      </c>
+      <c r="D163" s="1">
+        <v>45785</v>
+      </c>
+      <c r="E163" s="1">
+        <v>46149</v>
+      </c>
+      <c r="F163" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164">
+        <v>561650</v>
+      </c>
+      <c r="B164" t="s">
+        <v>206</v>
+      </c>
+      <c r="C164" t="s">
+        <v>207</v>
+      </c>
+      <c r="D164" s="1">
+        <v>45901</v>
+      </c>
+      <c r="E164" s="1">
+        <v>46265</v>
+      </c>
+      <c r="F164" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165">
+        <v>564126</v>
+      </c>
+      <c r="B165" t="s">
+        <v>206</v>
+      </c>
+      <c r="C165" t="s">
+        <v>207</v>
+      </c>
+      <c r="D165" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E165" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F165" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166">
+        <v>549293</v>
+      </c>
+      <c r="B166" t="s">
+        <v>195</v>
+      </c>
+      <c r="C166" t="s">
+        <v>196</v>
+      </c>
+      <c r="D166" s="1">
+        <v>45735</v>
+      </c>
+      <c r="E166" s="1">
+        <v>46099</v>
+      </c>
+      <c r="F166" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167">
+        <v>567504</v>
+      </c>
+      <c r="B167" t="s">
+        <v>235</v>
+      </c>
+      <c r="C167" t="s">
+        <v>236</v>
+      </c>
+      <c r="D167" s="1">
+        <v>45968</v>
+      </c>
+      <c r="E167" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F167" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168">
+        <v>554193</v>
+      </c>
+      <c r="B168" t="s">
+        <v>488</v>
+      </c>
+      <c r="C168" t="s">
+        <v>489</v>
+      </c>
+      <c r="D168" s="1">
+        <v>45818</v>
+      </c>
+      <c r="E168" s="1">
+        <v>46182</v>
+      </c>
+      <c r="F168" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169">
+        <v>552419</v>
+      </c>
+      <c r="B169" t="s">
+        <v>319</v>
+      </c>
+      <c r="C169" t="s">
+        <v>123</v>
+      </c>
+      <c r="D169" s="1">
+        <v>45814</v>
+      </c>
+      <c r="E169" s="1">
+        <v>46178</v>
+      </c>
+      <c r="F169" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170">
+        <v>566579</v>
+      </c>
+      <c r="B170" t="s">
+        <v>546</v>
+      </c>
+      <c r="C170" t="s">
+        <v>349</v>
+      </c>
+      <c r="D170" s="1">
+        <v>45975</v>
+      </c>
+      <c r="E170" s="1">
+        <v>46156</v>
+      </c>
+      <c r="F170" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171">
+        <v>565842</v>
+      </c>
+      <c r="B171" t="s">
+        <v>406</v>
+      </c>
+      <c r="C171" t="s">
+        <v>407</v>
+      </c>
+      <c r="D171" s="1">
         <v>45946</v>
       </c>
-      <c r="E130" s="1">
+      <c r="E171" s="1">
         <v>46310</v>
       </c>
-      <c r="F130" t="s">
-[...336 lines deleted...]
-      <c r="E147" s="1">
+      <c r="F171" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172">
+        <v>566076</v>
+      </c>
+      <c r="B172" t="s">
+        <v>479</v>
+      </c>
+      <c r="C172" t="s">
+        <v>545</v>
+      </c>
+      <c r="D172" s="1">
+        <v>45946</v>
+      </c>
+      <c r="E172" s="1">
+        <v>46158</v>
+      </c>
+      <c r="F172" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173">
+        <v>558315</v>
+      </c>
+      <c r="B173" t="s">
+        <v>507</v>
+      </c>
+      <c r="C173" t="s">
+        <v>340</v>
+      </c>
+      <c r="D173" s="1">
+        <v>45798</v>
+      </c>
+      <c r="E173" s="1">
+        <v>46162</v>
+      </c>
+      <c r="F173" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174">
+        <v>567599</v>
+      </c>
+      <c r="B174" t="s">
+        <v>375</v>
+      </c>
+      <c r="C174" t="s">
+        <v>376</v>
+      </c>
+      <c r="D174" s="1">
+        <v>45971</v>
+      </c>
+      <c r="E174" s="1">
+        <v>46335</v>
+      </c>
+      <c r="F174" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175">
+        <v>553620</v>
+      </c>
+      <c r="B175" t="s">
+        <v>114</v>
+      </c>
+      <c r="C175" t="s">
+        <v>115</v>
+      </c>
+      <c r="D175" s="1">
+        <v>45792</v>
+      </c>
+      <c r="E175" s="1">
+        <v>46156</v>
+      </c>
+      <c r="F175" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176">
+        <v>550908</v>
+      </c>
+      <c r="B176" t="s">
+        <v>457</v>
+      </c>
+      <c r="C176" t="s">
+        <v>383</v>
+      </c>
+      <c r="D176" s="1">
+        <v>45750</v>
+      </c>
+      <c r="E176" s="1">
+        <v>46114</v>
+      </c>
+      <c r="F176" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177">
+        <v>553845</v>
+      </c>
+      <c r="B177" t="s">
+        <v>482</v>
+      </c>
+      <c r="C177" t="s">
+        <v>483</v>
+      </c>
+      <c r="D177" s="1">
+        <v>45832</v>
+      </c>
+      <c r="E177" s="1">
+        <v>46196</v>
+      </c>
+      <c r="F177" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178">
+        <v>560624</v>
+      </c>
+      <c r="B178" t="s">
+        <v>525</v>
+      </c>
+      <c r="C178" t="s">
+        <v>526</v>
+      </c>
+      <c r="D178" s="1">
+        <v>45871</v>
+      </c>
+      <c r="E178" s="1">
+        <v>46235</v>
+      </c>
+      <c r="F178" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179">
+        <v>563950</v>
+      </c>
+      <c r="B179" t="s">
+        <v>379</v>
+      </c>
+      <c r="C179" t="s">
+        <v>380</v>
+      </c>
+      <c r="D179" s="1">
+        <v>45919</v>
+      </c>
+      <c r="E179" s="1">
+        <v>46142</v>
+      </c>
+      <c r="F179" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180">
+        <v>568258</v>
+      </c>
+      <c r="B180" t="s">
+        <v>357</v>
+      </c>
+      <c r="C180" t="s">
+        <v>552</v>
+      </c>
+      <c r="D180" s="1">
+        <v>45979</v>
+      </c>
+      <c r="E180" s="1">
         <v>46343</v>
       </c>
-      <c r="F147" t="s">
-[...330 lines deleted...]
-      <c r="C164" t="s">
+      <c r="F180" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181">
+        <v>569109</v>
+      </c>
+      <c r="B181" t="s">
+        <v>357</v>
+      </c>
+      <c r="C181" t="s">
+        <v>358</v>
+      </c>
+      <c r="D181" s="1">
+        <v>45990</v>
+      </c>
+      <c r="E181" s="1">
+        <v>46354</v>
+      </c>
+      <c r="F181" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182">
+        <v>546665</v>
+      </c>
+      <c r="B182" t="s">
         <v>268</v>
       </c>
-      <c r="D164" s="1">
-[...202 lines deleted...]
-      <c r="E174" s="1">
+      <c r="C182" t="s">
+        <v>269</v>
+      </c>
+      <c r="D182" s="1">
+        <v>45698</v>
+      </c>
+      <c r="E182" s="1">
+        <v>46054</v>
+      </c>
+      <c r="F182" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183">
+        <v>553419</v>
+      </c>
+      <c r="B183" t="s">
+        <v>475</v>
+      </c>
+      <c r="C183" t="s">
+        <v>476</v>
+      </c>
+      <c r="D183" s="1">
+        <v>45787</v>
+      </c>
+      <c r="E183" s="1">
+        <v>46151</v>
+      </c>
+      <c r="F183" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184">
+        <v>563896</v>
+      </c>
+      <c r="B184" t="s">
+        <v>328</v>
+      </c>
+      <c r="C184" t="s">
+        <v>234</v>
+      </c>
+      <c r="D184" s="1">
+        <v>45918</v>
+      </c>
+      <c r="E184" s="1">
+        <v>46082</v>
+      </c>
+      <c r="F184" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185">
+        <v>570024</v>
+      </c>
+      <c r="B185" t="s">
+        <v>108</v>
+      </c>
+      <c r="C185" t="s">
+        <v>109</v>
+      </c>
+      <c r="D185" s="1">
         <v>46006</v>
-      </c>
-[...215 lines deleted...]
-        <v>45919</v>
       </c>
       <c r="E185" s="1">
         <v>46142</v>
       </c>
       <c r="F185" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="186" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="186" spans="1:6">
       <c r="A186">
-        <v>568258</v>
+        <v>564743</v>
       </c>
       <c r="B186" t="s">
-        <v>376</v>
+        <v>400</v>
       </c>
       <c r="C186" t="s">
-        <v>580</v>
+        <v>401</v>
       </c>
       <c r="D186" s="1">
-        <v>45979</v>
+        <v>45968</v>
       </c>
       <c r="E186" s="1">
-        <v>46343</v>
+        <v>46332</v>
       </c>
       <c r="F186" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="187" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="187" spans="1:6">
       <c r="A187">
-        <v>569109</v>
+        <v>569966</v>
       </c>
       <c r="B187" t="s">
-        <v>376</v>
+        <v>210</v>
       </c>
       <c r="C187" t="s">
-        <v>377</v>
+        <v>559</v>
       </c>
       <c r="D187" s="1">
-        <v>45990</v>
+        <v>46006</v>
       </c>
       <c r="E187" s="1">
-        <v>46354</v>
+        <v>46037</v>
       </c>
       <c r="F187" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:6" x14ac:dyDescent="0.35">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
       <c r="A188">
-        <v>546665</v>
+        <v>558183</v>
       </c>
       <c r="B188" t="s">
-        <v>276</v>
+        <v>505</v>
       </c>
       <c r="C188" t="s">
-        <v>277</v>
+        <v>506</v>
       </c>
       <c r="D188" s="1">
-        <v>45698</v>
+        <v>45862</v>
       </c>
       <c r="E188" s="1">
-        <v>46054</v>
+        <v>46226</v>
       </c>
       <c r="F188" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:6" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
       <c r="A189">
-        <v>557514</v>
+        <v>549825</v>
       </c>
       <c r="B189" t="s">
-        <v>360</v>
+        <v>159</v>
       </c>
       <c r="C189" t="s">
-        <v>361</v>
+        <v>160</v>
       </c>
       <c r="D189" s="1">
-        <v>45828</v>
+        <v>45748</v>
       </c>
       <c r="E189" s="1">
-        <v>46012</v>
+        <v>46112</v>
       </c>
       <c r="F189" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="190" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="190" spans="1:6">
       <c r="A190">
-        <v>553419</v>
+        <v>550896</v>
       </c>
       <c r="B190" t="s">
-        <v>500</v>
+        <v>119</v>
       </c>
       <c r="C190" t="s">
-        <v>501</v>
+        <v>120</v>
       </c>
       <c r="D190" s="1">
-        <v>45787</v>
+        <v>45748</v>
       </c>
       <c r="E190" s="1">
-        <v>46151</v>
+        <v>46112</v>
       </c>
       <c r="F190" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="191" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="191" spans="1:6">
       <c r="A191">
-        <v>563896</v>
+        <v>549313</v>
       </c>
       <c r="B191" t="s">
+        <v>445</v>
+      </c>
+      <c r="C191" t="s">
+        <v>259</v>
+      </c>
+      <c r="D191" s="1">
+        <v>45755</v>
+      </c>
+      <c r="E191" s="1">
+        <v>46089</v>
+      </c>
+      <c r="F191" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192">
+        <v>559476</v>
+      </c>
+      <c r="B192" t="s">
+        <v>512</v>
+      </c>
+      <c r="C192" t="s">
+        <v>513</v>
+      </c>
+      <c r="D192" s="1">
+        <v>45887</v>
+      </c>
+      <c r="E192" s="1">
+        <v>46251</v>
+      </c>
+      <c r="F192" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193">
+        <v>548877</v>
+      </c>
+      <c r="B193" t="s">
+        <v>438</v>
+      </c>
+      <c r="C193" t="s">
+        <v>21</v>
+      </c>
+      <c r="D193" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E193" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F193" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194">
+        <v>571007</v>
+      </c>
+      <c r="B194" t="s">
+        <v>324</v>
+      </c>
+      <c r="C194" t="s">
+        <v>325</v>
+      </c>
+      <c r="D194" s="1">
+        <v>46027</v>
+      </c>
+      <c r="E194" s="1">
+        <v>46391</v>
+      </c>
+      <c r="F194" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195">
+        <v>570225</v>
+      </c>
+      <c r="B195" t="s">
+        <v>423</v>
+      </c>
+      <c r="C195" t="s">
+        <v>424</v>
+      </c>
+      <c r="D195" s="1">
+        <v>46023</v>
+      </c>
+      <c r="E195" s="1">
+        <v>46357</v>
+      </c>
+      <c r="F195" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196">
+        <v>566980</v>
+      </c>
+      <c r="B196" t="s">
+        <v>362</v>
+      </c>
+      <c r="C196" t="s">
+        <v>363</v>
+      </c>
+      <c r="D196" s="1">
+        <v>45963</v>
+      </c>
+      <c r="E196" s="1">
+        <v>46327</v>
+      </c>
+      <c r="F196" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197">
+        <v>546411</v>
+      </c>
+      <c r="B197" t="s">
+        <v>46</v>
+      </c>
+      <c r="C197" t="s">
+        <v>47</v>
+      </c>
+      <c r="D197" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E197" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F197" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198">
+        <v>547388</v>
+      </c>
+      <c r="B198" t="s">
+        <v>341</v>
+      </c>
+      <c r="C198" t="s">
         <v>342</v>
       </c>
-      <c r="C191" t="s">
-[...141 lines deleted...]
-      </c>
       <c r="D198" s="1">
-        <v>45887</v>
+        <v>45740</v>
       </c>
       <c r="E198" s="1">
-        <v>46251</v>
+        <v>46104</v>
       </c>
       <c r="F198" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="199" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="199" spans="1:6">
       <c r="A199">
-        <v>548877</v>
+        <v>551101</v>
       </c>
       <c r="B199" t="s">
-        <v>462</v>
+        <v>85</v>
       </c>
       <c r="C199" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="D199" s="1">
-        <v>45748</v>
+        <v>45759</v>
       </c>
       <c r="E199" s="1">
-        <v>46112</v>
+        <v>46123</v>
       </c>
       <c r="F199" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="200" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="200" spans="1:6">
       <c r="A200">
-        <v>545237</v>
+        <v>560618</v>
       </c>
       <c r="B200" t="s">
-        <v>447</v>
+        <v>521</v>
       </c>
       <c r="C200" t="s">
-        <v>448</v>
+        <v>522</v>
       </c>
       <c r="D200" s="1">
+        <v>45874</v>
+      </c>
+      <c r="E200" s="1">
+        <v>46238</v>
+      </c>
+      <c r="F200" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201">
+        <v>558142</v>
+      </c>
+      <c r="B201" t="s">
+        <v>503</v>
+      </c>
+      <c r="C201" t="s">
+        <v>504</v>
+      </c>
+      <c r="D201" s="1">
+        <v>45863</v>
+      </c>
+      <c r="E201" s="1">
+        <v>46045</v>
+      </c>
+      <c r="F201" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="A202">
+        <v>564588</v>
+      </c>
+      <c r="B202" t="s">
+        <v>24</v>
+      </c>
+      <c r="C202" t="s">
+        <v>25</v>
+      </c>
+      <c r="D202" s="1">
         <v>45658</v>
-      </c>
-[...38 lines deleted...]
-        <v>45748</v>
       </c>
       <c r="E202" s="1">
         <v>46112</v>
       </c>
       <c r="F202" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="203" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="203" spans="1:6">
       <c r="A203">
-        <v>547388</v>
+        <v>566989</v>
       </c>
       <c r="B203" t="s">
-        <v>355</v>
+        <v>252</v>
       </c>
       <c r="C203" t="s">
+        <v>116</v>
+      </c>
+      <c r="D203" s="1">
+        <v>45963</v>
+      </c>
+      <c r="E203" s="1">
+        <v>46147</v>
+      </c>
+      <c r="F203" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="A204">
+        <v>556075</v>
+      </c>
+      <c r="B204" t="s">
+        <v>131</v>
+      </c>
+      <c r="C204" t="s">
+        <v>132</v>
+      </c>
+      <c r="D204" s="1">
+        <v>45839</v>
+      </c>
+      <c r="E204" s="1">
+        <v>46203</v>
+      </c>
+      <c r="F204" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="A205">
+        <v>555219</v>
+      </c>
+      <c r="B205" t="s">
+        <v>144</v>
+      </c>
+      <c r="C205" t="s">
+        <v>145</v>
+      </c>
+      <c r="D205" s="1">
+        <v>45809</v>
+      </c>
+      <c r="E205" s="1">
+        <v>46173</v>
+      </c>
+      <c r="F205" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="A206">
+        <v>566725</v>
+      </c>
+      <c r="B206" t="s">
+        <v>144</v>
+      </c>
+      <c r="C206" t="s">
+        <v>228</v>
+      </c>
+      <c r="D206" s="1">
+        <v>45959</v>
+      </c>
+      <c r="E206" s="1">
+        <v>46323</v>
+      </c>
+      <c r="F206" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207">
+        <v>565030</v>
+      </c>
+      <c r="B207" t="s">
+        <v>440</v>
+      </c>
+      <c r="C207" t="s">
+        <v>441</v>
+      </c>
+      <c r="D207" s="1">
+        <v>45950</v>
+      </c>
+      <c r="E207" s="1">
+        <v>46314</v>
+      </c>
+      <c r="F207" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208">
+        <v>559834</v>
+      </c>
+      <c r="B208" t="s">
+        <v>518</v>
+      </c>
+      <c r="C208" t="s">
+        <v>519</v>
+      </c>
+      <c r="D208" s="1">
+        <v>45885</v>
+      </c>
+      <c r="E208" s="1">
+        <v>46249</v>
+      </c>
+      <c r="F208" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209">
+        <v>564655</v>
+      </c>
+      <c r="B209" t="s">
+        <v>370</v>
+      </c>
+      <c r="C209" t="s">
+        <v>371</v>
+      </c>
+      <c r="D209" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E209" s="1">
+        <v>46194</v>
+      </c>
+      <c r="F209" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="A210">
+        <v>555263</v>
+      </c>
+      <c r="B210" t="s">
+        <v>286</v>
+      </c>
+      <c r="C210" t="s">
+        <v>287</v>
+      </c>
+      <c r="D210" s="1">
+        <v>45811</v>
+      </c>
+      <c r="E210" s="1">
+        <v>46175</v>
+      </c>
+      <c r="F210" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="A211">
+        <v>544966</v>
+      </c>
+      <c r="B211" t="s">
+        <v>418</v>
+      </c>
+      <c r="C211" t="s">
+        <v>419</v>
+      </c>
+      <c r="D211" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E211" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F211" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="A212">
+        <v>553657</v>
+      </c>
+      <c r="B212" t="s">
+        <v>477</v>
+      </c>
+      <c r="C212" t="s">
+        <v>478</v>
+      </c>
+      <c r="D212" s="1">
+        <v>45803</v>
+      </c>
+      <c r="E212" s="1">
+        <v>46167</v>
+      </c>
+      <c r="F212" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213">
+        <v>566569</v>
+      </c>
+      <c r="B213" t="s">
         <v>356</v>
       </c>
-      <c r="D203" s="1">
-[...82 lines deleted...]
-      <c r="E207" s="1">
+      <c r="C213" t="s">
+        <v>70</v>
+      </c>
+      <c r="D213" s="1">
+        <v>45957</v>
+      </c>
+      <c r="E213" s="1">
+        <v>46168</v>
+      </c>
+      <c r="F213" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="A214">
+        <v>567310</v>
+      </c>
+      <c r="B214" t="s">
+        <v>447</v>
+      </c>
+      <c r="C214" t="s">
+        <v>101</v>
+      </c>
+      <c r="D214" s="1">
+        <v>45965</v>
+      </c>
+      <c r="E214" s="1">
+        <v>46026</v>
+      </c>
+      <c r="F214" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215">
+        <v>554891</v>
+      </c>
+      <c r="B215" t="s">
+        <v>490</v>
+      </c>
+      <c r="C215" t="s">
+        <v>491</v>
+      </c>
+      <c r="D215" s="1">
+        <v>45827</v>
+      </c>
+      <c r="E215" s="1">
+        <v>46191</v>
+      </c>
+      <c r="F215" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216">
+        <v>553829</v>
+      </c>
+      <c r="B216" t="s">
+        <v>480</v>
+      </c>
+      <c r="C216" t="s">
+        <v>481</v>
+      </c>
+      <c r="D216" s="1">
+        <v>45794</v>
+      </c>
+      <c r="E216" s="1">
+        <v>46158</v>
+      </c>
+      <c r="F216" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217">
+        <v>560725</v>
+      </c>
+      <c r="B217" t="s">
+        <v>302</v>
+      </c>
+      <c r="C217" t="s">
+        <v>303</v>
+      </c>
+      <c r="D217" s="1">
+        <v>45877</v>
+      </c>
+      <c r="E217" s="1">
+        <v>46241</v>
+      </c>
+      <c r="F217" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218">
+        <v>562564</v>
+      </c>
+      <c r="B218" t="s">
+        <v>540</v>
+      </c>
+      <c r="C218" t="s">
+        <v>541</v>
+      </c>
+      <c r="D218" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E218" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F218" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219">
+        <v>556324</v>
+      </c>
+      <c r="B219" t="s">
+        <v>165</v>
+      </c>
+      <c r="C219" t="s">
+        <v>166</v>
+      </c>
+      <c r="D219" s="1">
+        <v>45839</v>
+      </c>
+      <c r="E219" s="1">
+        <v>46203</v>
+      </c>
+      <c r="F219" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220">
+        <v>566381</v>
+      </c>
+      <c r="B220" t="s">
+        <v>125</v>
+      </c>
+      <c r="C220" t="s">
+        <v>126</v>
+      </c>
+      <c r="D220" s="1">
+        <v>45952</v>
+      </c>
+      <c r="E220" s="1">
+        <v>46316</v>
+      </c>
+      <c r="F220" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221">
+        <v>556367</v>
+      </c>
+      <c r="B221" t="s">
+        <v>495</v>
+      </c>
+      <c r="C221" t="s">
+        <v>496</v>
+      </c>
+      <c r="D221" s="1">
+        <v>45870</v>
+      </c>
+      <c r="E221" s="1">
+        <v>46234</v>
+      </c>
+      <c r="F221" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222">
+        <v>552331</v>
+      </c>
+      <c r="B222" t="s">
+        <v>293</v>
+      </c>
+      <c r="C222" t="s">
+        <v>294</v>
+      </c>
+      <c r="D222" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E222" s="1">
         <v>46112</v>
       </c>
-      <c r="F207" t="s">
-[...110 lines deleted...]
-      <c r="C213" t="s">
+      <c r="F222" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223">
+        <v>562326</v>
+      </c>
+      <c r="B223" t="s">
+        <v>222</v>
+      </c>
+      <c r="C223" t="s">
+        <v>223</v>
+      </c>
+      <c r="D223" s="1">
+        <v>45942</v>
+      </c>
+      <c r="E223" s="1">
+        <v>46306</v>
+      </c>
+      <c r="F223" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224">
+        <v>551044</v>
+      </c>
+      <c r="B224" t="s">
+        <v>320</v>
+      </c>
+      <c r="C224" t="s">
+        <v>321</v>
+      </c>
+      <c r="D224" s="1">
+        <v>45793</v>
+      </c>
+      <c r="E224" s="1">
+        <v>46157</v>
+      </c>
+      <c r="F224" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225">
+        <v>545192</v>
+      </c>
+      <c r="B225" t="s">
+        <v>421</v>
+      </c>
+      <c r="C225" t="s">
+        <v>422</v>
+      </c>
+      <c r="D225" s="1">
+        <v>45677</v>
+      </c>
+      <c r="E225" s="1">
+        <v>46041</v>
+      </c>
+      <c r="F225" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226">
+        <v>556195</v>
+      </c>
+      <c r="B226" t="s">
+        <v>190</v>
+      </c>
+      <c r="C226" t="s">
+        <v>191</v>
+      </c>
+      <c r="D226" s="1">
+        <v>45887</v>
+      </c>
+      <c r="E226" s="1">
+        <v>46251</v>
+      </c>
+      <c r="F226" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227">
+        <v>561596</v>
+      </c>
+      <c r="B227" t="s">
+        <v>415</v>
+      </c>
+      <c r="C227" t="s">
+        <v>224</v>
+      </c>
+      <c r="D227" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E227" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F227" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228">
+        <v>557072</v>
+      </c>
+      <c r="B228" t="s">
+        <v>498</v>
+      </c>
+      <c r="C228" t="s">
+        <v>499</v>
+      </c>
+      <c r="D228" s="1">
+        <v>45859</v>
+      </c>
+      <c r="E228" s="1">
+        <v>46041</v>
+      </c>
+      <c r="F228" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229">
+        <v>561084</v>
+      </c>
+      <c r="B229" t="s">
+        <v>527</v>
+      </c>
+      <c r="C229" t="s">
+        <v>528</v>
+      </c>
+      <c r="D229" s="1">
+        <v>45882</v>
+      </c>
+      <c r="E229" s="1">
+        <v>46246</v>
+      </c>
+      <c r="F229" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230">
+        <v>564414</v>
+      </c>
+      <c r="B230" t="s">
+        <v>243</v>
+      </c>
+      <c r="C230" t="s">
+        <v>244</v>
+      </c>
+      <c r="D230" s="1">
+        <v>45930</v>
+      </c>
+      <c r="E230" s="1">
+        <v>46294</v>
+      </c>
+      <c r="F230" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231">
+        <v>564101</v>
+      </c>
+      <c r="B231" t="s">
+        <v>202</v>
+      </c>
+      <c r="C231" t="s">
+        <v>203</v>
+      </c>
+      <c r="D231" s="1">
+        <v>45925</v>
+      </c>
+      <c r="E231" s="1">
+        <v>46105</v>
+      </c>
+      <c r="F231" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232">
+        <v>562851</v>
+      </c>
+      <c r="B232" t="s">
+        <v>92</v>
+      </c>
+      <c r="C232" t="s">
+        <v>93</v>
+      </c>
+      <c r="D232" s="1">
+        <v>45915</v>
+      </c>
+      <c r="E232" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F232" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6">
+      <c r="A233">
+        <v>567325</v>
+      </c>
+      <c r="B233" t="s">
         <v>547</v>
       </c>
-      <c r="D213" s="1">
-[...19 lines deleted...]
-      <c r="D214" s="1">
+      <c r="C233" t="s">
+        <v>548</v>
+      </c>
+      <c r="D233" s="1">
+        <v>45999</v>
+      </c>
+      <c r="E233" s="1">
+        <v>46357</v>
+      </c>
+      <c r="F233" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6">
+      <c r="A234">
+        <v>565849</v>
+      </c>
+      <c r="B234" t="s">
+        <v>245</v>
+      </c>
+      <c r="C234" t="s">
+        <v>246</v>
+      </c>
+      <c r="D234" s="1">
         <v>45931</v>
       </c>
-      <c r="E214" s="1">
+      <c r="E234" s="1">
+        <v>46326</v>
+      </c>
+      <c r="F234" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235">
+        <v>551090</v>
+      </c>
+      <c r="B235" t="s">
+        <v>77</v>
+      </c>
+      <c r="C235" t="s">
+        <v>78</v>
+      </c>
+      <c r="D235" s="1">
+        <v>45758</v>
+      </c>
+      <c r="E235" s="1">
+        <v>46122</v>
+      </c>
+      <c r="F235" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236">
+        <v>546926</v>
+      </c>
+      <c r="B236" t="s">
+        <v>79</v>
+      </c>
+      <c r="C236" t="s">
+        <v>80</v>
+      </c>
+      <c r="D236" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E236" s="1">
         <v>46112</v>
       </c>
-      <c r="F214" t="s">
-[...438 lines deleted...]
-      </c>
       <c r="F236" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="237" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="237" spans="1:6">
       <c r="A237">
-        <v>561084</v>
+        <v>567726</v>
       </c>
       <c r="B237" t="s">
-        <v>555</v>
+        <v>180</v>
       </c>
       <c r="C237" t="s">
-        <v>556</v>
+        <v>181</v>
       </c>
       <c r="D237" s="1">
-        <v>45882</v>
+        <v>45971</v>
       </c>
       <c r="E237" s="1">
-        <v>46246</v>
+        <v>46053</v>
       </c>
       <c r="F237" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="238" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="238" spans="1:6">
       <c r="A238">
-        <v>564414</v>
+        <v>555464</v>
       </c>
       <c r="B238" t="s">
+        <v>347</v>
+      </c>
+      <c r="C238" t="s">
+        <v>348</v>
+      </c>
+      <c r="D238" s="1">
+        <v>45817</v>
+      </c>
+      <c r="E238" s="1">
+        <v>46181</v>
+      </c>
+      <c r="F238" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239">
+        <v>547808</v>
+      </c>
+      <c r="B239" t="s">
+        <v>58</v>
+      </c>
+      <c r="C239" t="s">
+        <v>59</v>
+      </c>
+      <c r="D239" s="1">
+        <v>45746</v>
+      </c>
+      <c r="E239" s="1">
+        <v>46110</v>
+      </c>
+      <c r="F239" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240">
+        <v>555757</v>
+      </c>
+      <c r="B240" t="s">
+        <v>60</v>
+      </c>
+      <c r="C240" t="s">
+        <v>61</v>
+      </c>
+      <c r="D240" s="1">
+        <v>45835</v>
+      </c>
+      <c r="E240" s="1">
+        <v>46199</v>
+      </c>
+      <c r="F240" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241">
+        <v>568250</v>
+      </c>
+      <c r="B241" t="s">
+        <v>249</v>
+      </c>
+      <c r="C241" t="s">
         <v>250</v>
       </c>
-      <c r="C238" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="D241" s="1">
-        <v>45999</v>
+        <v>45979</v>
       </c>
       <c r="E241" s="1">
-        <v>46357</v>
+        <v>46081</v>
       </c>
       <c r="F241" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="242" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="242" spans="1:6">
       <c r="A242">
-        <v>565849</v>
+        <v>558304</v>
       </c>
       <c r="B242" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C242" t="s">
-        <v>253</v>
+        <v>346</v>
       </c>
       <c r="D242" s="1">
-        <v>45931</v>
+        <v>45844</v>
       </c>
       <c r="E242" s="1">
-        <v>46326</v>
+        <v>46208</v>
       </c>
       <c r="F242" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="243" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="243" spans="1:6">
       <c r="A243">
-        <v>551090</v>
+        <v>560916</v>
       </c>
       <c r="B243" t="s">
-        <v>77</v>
+        <v>216</v>
       </c>
       <c r="C243" t="s">
-        <v>78</v>
+        <v>217</v>
       </c>
       <c r="D243" s="1">
-        <v>45758</v>
+        <v>45929</v>
       </c>
       <c r="E243" s="1">
-        <v>46122</v>
+        <v>46293</v>
       </c>
       <c r="F243" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="244" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="244" spans="1:6">
       <c r="A244">
-        <v>546926</v>
+        <v>549347</v>
       </c>
       <c r="B244" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="C244" t="s">
-        <v>80</v>
+        <v>105</v>
       </c>
       <c r="D244" s="1">
         <v>45748</v>
       </c>
       <c r="E244" s="1">
         <v>46112</v>
       </c>
       <c r="F244" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="245" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="245" spans="1:6">
       <c r="A245">
-        <v>567726</v>
+        <v>569591</v>
       </c>
       <c r="B245" t="s">
-        <v>186</v>
+        <v>257</v>
       </c>
       <c r="C245" t="s">
-        <v>187</v>
+        <v>258</v>
       </c>
       <c r="D245" s="1">
-        <v>45971</v>
+        <v>46023</v>
       </c>
       <c r="E245" s="1">
-        <v>46053</v>
+        <v>46387</v>
       </c>
       <c r="F245" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="246" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="246" spans="1:6">
       <c r="A246">
-        <v>555464</v>
+        <v>552376</v>
       </c>
       <c r="B246" t="s">
-        <v>363</v>
+        <v>465</v>
       </c>
       <c r="C246" t="s">
+        <v>466</v>
+      </c>
+      <c r="D246" s="1">
+        <v>45798</v>
+      </c>
+      <c r="E246" s="1">
+        <v>46162</v>
+      </c>
+      <c r="F246" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247">
+        <v>566121</v>
+      </c>
+      <c r="B247" t="s">
+        <v>413</v>
+      </c>
+      <c r="C247" t="s">
+        <v>414</v>
+      </c>
+      <c r="D247" s="1">
+        <v>45960</v>
+      </c>
+      <c r="E247" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F247" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248">
+        <v>570425</v>
+      </c>
+      <c r="B248" t="s">
+        <v>402</v>
+      </c>
+      <c r="C248" t="s">
+        <v>403</v>
+      </c>
+      <c r="D248" s="1">
+        <v>46010</v>
+      </c>
+      <c r="E248" s="1">
+        <v>46374</v>
+      </c>
+      <c r="F248" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249">
+        <v>561253</v>
+      </c>
+      <c r="B249" t="s">
+        <v>151</v>
+      </c>
+      <c r="C249" t="s">
+        <v>152</v>
+      </c>
+      <c r="D249" s="1">
+        <v>45814</v>
+      </c>
+      <c r="E249" s="1">
+        <v>46178</v>
+      </c>
+      <c r="F249" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250">
+        <v>549197</v>
+      </c>
+      <c r="B250" t="s">
+        <v>443</v>
+      </c>
+      <c r="C250" t="s">
+        <v>444</v>
+      </c>
+      <c r="D250" s="1">
+        <v>45762</v>
+      </c>
+      <c r="E250" s="1">
+        <v>46126</v>
+      </c>
+      <c r="F250" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6">
+      <c r="A251">
+        <v>545177</v>
+      </c>
+      <c r="B251" t="s">
+        <v>273</v>
+      </c>
+      <c r="C251" t="s">
+        <v>274</v>
+      </c>
+      <c r="D251" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E251" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F251" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6">
+      <c r="A252">
+        <v>570010</v>
+      </c>
+      <c r="B252" t="s">
+        <v>273</v>
+      </c>
+      <c r="C252" t="s">
+        <v>274</v>
+      </c>
+      <c r="D252" s="1">
+        <v>46060</v>
+      </c>
+      <c r="E252" s="1">
+        <v>46424</v>
+      </c>
+      <c r="F252" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6">
+      <c r="A253">
+        <v>569496</v>
+      </c>
+      <c r="B253" t="s">
+        <v>256</v>
+      </c>
+      <c r="C253" t="s">
+        <v>408</v>
+      </c>
+      <c r="D253" s="1">
+        <v>46022</v>
+      </c>
+      <c r="E253" s="1">
+        <v>46386</v>
+      </c>
+      <c r="F253" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254">
+        <v>561813</v>
+      </c>
+      <c r="B254" t="s">
+        <v>537</v>
+      </c>
+      <c r="C254" t="s">
+        <v>99</v>
+      </c>
+      <c r="D254" s="1">
+        <v>45823</v>
+      </c>
+      <c r="E254" s="1">
+        <v>46187</v>
+      </c>
+      <c r="F254" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6">
+      <c r="A255">
+        <v>547385</v>
+      </c>
+      <c r="B255" t="s">
+        <v>343</v>
+      </c>
+      <c r="C255" t="s">
+        <v>344</v>
+      </c>
+      <c r="D255" s="1">
+        <v>45740</v>
+      </c>
+      <c r="E255" s="1">
+        <v>46104</v>
+      </c>
+      <c r="F255" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6">
+      <c r="A256">
+        <v>567622</v>
+      </c>
+      <c r="B256" t="s">
+        <v>549</v>
+      </c>
+      <c r="C256" t="s">
+        <v>550</v>
+      </c>
+      <c r="D256" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E256" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F256" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6">
+      <c r="A257">
+        <v>562475</v>
+      </c>
+      <c r="B257" t="s">
+        <v>538</v>
+      </c>
+      <c r="C257" t="s">
+        <v>539</v>
+      </c>
+      <c r="D257" s="1">
+        <v>45929</v>
+      </c>
+      <c r="E257" s="1">
+        <v>46023</v>
+      </c>
+      <c r="F257" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6">
+      <c r="A258">
+        <v>570796</v>
+      </c>
+      <c r="B258" t="s">
+        <v>538</v>
+      </c>
+      <c r="C258" t="s">
+        <v>539</v>
+      </c>
+      <c r="D258" s="1">
+        <v>46024</v>
+      </c>
+      <c r="E258" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F258" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6">
+      <c r="A259">
+        <v>549504</v>
+      </c>
+      <c r="B259" t="s">
+        <v>22</v>
+      </c>
+      <c r="C259" t="s">
+        <v>23</v>
+      </c>
+      <c r="D259" s="1">
+        <v>45718</v>
+      </c>
+      <c r="E259" s="1">
+        <v>46082</v>
+      </c>
+      <c r="F259" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6">
+      <c r="A260">
+        <v>558343</v>
+      </c>
+      <c r="B260" t="s">
+        <v>331</v>
+      </c>
+      <c r="C260" t="s">
+        <v>332</v>
+      </c>
+      <c r="D260" s="1">
+        <v>45845</v>
+      </c>
+      <c r="E260" s="1">
+        <v>46209</v>
+      </c>
+      <c r="F260" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6">
+      <c r="A261">
+        <v>546363</v>
+      </c>
+      <c r="B261" t="s">
+        <v>48</v>
+      </c>
+      <c r="C261" t="s">
+        <v>49</v>
+      </c>
+      <c r="D261" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E261" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F261" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6">
+      <c r="A262">
+        <v>560497</v>
+      </c>
+      <c r="B262" t="s">
+        <v>197</v>
+      </c>
+      <c r="C262" t="s">
+        <v>198</v>
+      </c>
+      <c r="D262" s="1">
+        <v>45873</v>
+      </c>
+      <c r="E262" s="1">
+        <v>46237</v>
+      </c>
+      <c r="F262" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6">
+      <c r="A263">
+        <v>546325</v>
+      </c>
+      <c r="B263" t="s">
+        <v>50</v>
+      </c>
+      <c r="C263" t="s">
+        <v>51</v>
+      </c>
+      <c r="D263" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E263" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F263" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6">
+      <c r="A264">
+        <v>567088</v>
+      </c>
+      <c r="B264" t="s">
+        <v>314</v>
+      </c>
+      <c r="C264" t="s">
         <v>364</v>
       </c>
-      <c r="D246" s="1">
-[...39 lines deleted...]
-      <c r="D248" s="1">
+      <c r="D264" s="1">
         <v>45964</v>
       </c>
-      <c r="E248" s="1">
-[...39 lines deleted...]
-      <c r="E250" s="1">
+      <c r="E264" s="1">
+        <v>46328</v>
+      </c>
+      <c r="F264" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6">
+      <c r="A265">
+        <v>546445</v>
+      </c>
+      <c r="B265" t="s">
+        <v>44</v>
+      </c>
+      <c r="C265" t="s">
+        <v>45</v>
+      </c>
+      <c r="D265" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E265" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F265" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6">
+      <c r="A266">
+        <v>569113</v>
+      </c>
+      <c r="B266" t="s">
+        <v>155</v>
+      </c>
+      <c r="C266" t="s">
+        <v>322</v>
+      </c>
+      <c r="D266" s="1">
+        <v>46006</v>
+      </c>
+      <c r="E266" s="1">
         <v>46081</v>
       </c>
-      <c r="F250" t="s">
-[...56 lines deleted...]
-      <c r="E253" s="1">
+      <c r="F266" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6">
+      <c r="A267">
+        <v>567099</v>
+      </c>
+      <c r="B267" t="s">
+        <v>176</v>
+      </c>
+      <c r="C267" t="s">
+        <v>177</v>
+      </c>
+      <c r="D267" s="1">
+        <v>45962</v>
+      </c>
+      <c r="E267" s="1">
         <v>46112</v>
       </c>
-      <c r="F253" t="s">
-[...133 lines deleted...]
-      <c r="D260" s="1">
+      <c r="F267" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6">
+      <c r="A268">
+        <v>564589</v>
+      </c>
+      <c r="B268" t="s">
+        <v>227</v>
+      </c>
+      <c r="C268" t="s">
+        <v>395</v>
+      </c>
+      <c r="D268" s="1">
+        <v>45930</v>
+      </c>
+      <c r="E268" s="1">
+        <v>46294</v>
+      </c>
+      <c r="F268" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6">
+      <c r="A269">
+        <v>565847</v>
+      </c>
+      <c r="B269" t="s">
+        <v>398</v>
+      </c>
+      <c r="C269" t="s">
+        <v>399</v>
+      </c>
+      <c r="D269" s="1">
+        <v>45962</v>
+      </c>
+      <c r="E269" s="1">
+        <v>46326</v>
+      </c>
+      <c r="F269" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6">
+      <c r="A270">
+        <v>545064</v>
+      </c>
+      <c r="B270" t="s">
+        <v>396</v>
+      </c>
+      <c r="C270" t="s">
+        <v>397</v>
+      </c>
+      <c r="D270" s="1">
         <v>45695</v>
       </c>
-      <c r="E260" s="1">
+      <c r="E270" s="1">
         <v>46059</v>
       </c>
-      <c r="F260" t="s">
-[...13 lines deleted...]
-      <c r="D261" s="1">
+      <c r="F270" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6">
+      <c r="A271">
+        <v>570006</v>
+      </c>
+      <c r="B271" t="s">
+        <v>396</v>
+      </c>
+      <c r="C271" t="s">
+        <v>397</v>
+      </c>
+      <c r="D271" s="1">
         <v>46060</v>
       </c>
-      <c r="E261" s="1">
+      <c r="E271" s="1">
         <v>46424</v>
       </c>
-      <c r="F261" t="s">
-[...198 lines deleted...]
-      </c>
       <c r="F271" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="272" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="272" spans="1:6">
       <c r="A272">
-        <v>546325</v>
+        <v>549184</v>
       </c>
       <c r="B272" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="C272" t="s">
-        <v>51</v>
+        <v>442</v>
       </c>
       <c r="D272" s="1">
         <v>45748</v>
       </c>
       <c r="E272" s="1">
         <v>46112</v>
       </c>
       <c r="F272" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="273" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="273" spans="1:6">
       <c r="A273">
-        <v>567088</v>
+        <v>562879</v>
       </c>
       <c r="B273" t="s">
-        <v>329</v>
+        <v>391</v>
       </c>
       <c r="C273" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="D273" s="1">
-        <v>45964</v>
+        <v>45930</v>
       </c>
       <c r="E273" s="1">
-        <v>46328</v>
+        <v>46294</v>
       </c>
       <c r="F273" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="274" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="274" spans="1:6">
       <c r="A274">
-        <v>546445</v>
+        <v>569608</v>
       </c>
       <c r="B274" t="s">
-        <v>44</v>
+        <v>288</v>
       </c>
       <c r="C274" t="s">
-        <v>45</v>
+        <v>428</v>
       </c>
       <c r="D274" s="1">
+        <v>46009</v>
+      </c>
+      <c r="E274" s="1">
+        <v>46071</v>
+      </c>
+      <c r="F274" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6">
+      <c r="A275">
+        <v>546923</v>
+      </c>
+      <c r="B275" t="s">
+        <v>88</v>
+      </c>
+      <c r="C275" t="s">
+        <v>89</v>
+      </c>
+      <c r="D275" s="1">
         <v>45748</v>
       </c>
-      <c r="E274" s="1">
+      <c r="E275" s="1">
         <v>46112</v>
       </c>
-      <c r="F274" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F275" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="276" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="276" spans="1:6">
       <c r="A276">
-        <v>569113</v>
+        <v>551728</v>
       </c>
       <c r="B276" t="s">
-        <v>159</v>
+        <v>323</v>
       </c>
       <c r="C276" t="s">
-        <v>338</v>
+        <v>460</v>
       </c>
       <c r="D276" s="1">
-        <v>46006</v>
+        <v>45772</v>
       </c>
       <c r="E276" s="1">
-        <v>46081</v>
+        <v>46136</v>
       </c>
       <c r="F276" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="277" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="277" spans="1:6">
       <c r="A277">
-        <v>567099</v>
+        <v>568736</v>
       </c>
       <c r="B277" t="s">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="C277" t="s">
-        <v>183</v>
+        <v>128</v>
       </c>
       <c r="D277" s="1">
-        <v>45962</v>
+        <v>45987</v>
       </c>
       <c r="E277" s="1">
+        <v>46350</v>
+      </c>
+      <c r="F277" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6">
+      <c r="A278">
+        <v>567769</v>
+      </c>
+      <c r="B278" t="s">
+        <v>178</v>
+      </c>
+      <c r="C278" t="s">
+        <v>179</v>
+      </c>
+      <c r="D278" s="1">
+        <v>45972</v>
+      </c>
+      <c r="E278" s="1">
         <v>46112</v>
       </c>
-      <c r="F277" t="s">
-[...13 lines deleted...]
-      <c r="D278" s="1">
+      <c r="F278" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6">
+      <c r="A279">
+        <v>550884</v>
+      </c>
+      <c r="B279" t="s">
+        <v>311</v>
+      </c>
+      <c r="C279" t="s">
+        <v>312</v>
+      </c>
+      <c r="D279" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E279" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F279" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6">
+      <c r="A280">
+        <v>548168</v>
+      </c>
+      <c r="B280" t="s">
+        <v>100</v>
+      </c>
+      <c r="C280" t="s">
+        <v>405</v>
+      </c>
+      <c r="D280" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E280" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F280" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6">
+      <c r="A281">
+        <v>561285</v>
+      </c>
+      <c r="B281" t="s">
+        <v>534</v>
+      </c>
+      <c r="C281" t="s">
+        <v>535</v>
+      </c>
+      <c r="D281" s="1">
+        <v>45894</v>
+      </c>
+      <c r="E281" s="1">
+        <v>46053</v>
+      </c>
+      <c r="F281" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6">
+      <c r="A282">
+        <v>567880</v>
+      </c>
+      <c r="B282" t="s">
+        <v>172</v>
+      </c>
+      <c r="C282" t="s">
+        <v>173</v>
+      </c>
+      <c r="D282" s="1">
         <v>45930</v>
       </c>
-      <c r="E278" s="1">
+      <c r="E282" s="1">
         <v>46294</v>
       </c>
-      <c r="F278" t="s">
-[...78 lines deleted...]
-      </c>
       <c r="F282" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="283" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="283" spans="1:6">
       <c r="A283">
-        <v>549184</v>
+        <v>568319</v>
       </c>
       <c r="B283" t="s">
-        <v>38</v>
+        <v>553</v>
       </c>
       <c r="C283" t="s">
-        <v>466</v>
+        <v>253</v>
       </c>
       <c r="D283" s="1">
-        <v>45748</v>
+        <v>45981</v>
       </c>
       <c r="E283" s="1">
-        <v>46112</v>
+        <v>46345</v>
       </c>
       <c r="F283" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="284" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="284" spans="1:6">
       <c r="A284">
-        <v>562879</v>
+        <v>559211</v>
       </c>
       <c r="B284" t="s">
-        <v>410</v>
+        <v>284</v>
       </c>
       <c r="C284" t="s">
-        <v>411</v>
+        <v>285</v>
       </c>
       <c r="D284" s="1">
-        <v>45930</v>
+        <v>45741</v>
       </c>
       <c r="E284" s="1">
-        <v>46294</v>
+        <v>46105</v>
       </c>
       <c r="F284" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="285" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="285" spans="1:6">
       <c r="A285">
-        <v>565530</v>
+        <v>552948</v>
       </c>
       <c r="B285" t="s">
         <v>298</v>
       </c>
       <c r="C285" t="s">
         <v>299</v>
       </c>
       <c r="D285" s="1">
-        <v>45947</v>
+        <v>45799</v>
       </c>
       <c r="E285" s="1">
-        <v>46008</v>
+        <v>46150</v>
       </c>
       <c r="F285" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="286" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="286" spans="1:6">
       <c r="A286">
-        <v>569608</v>
+        <v>565056</v>
       </c>
       <c r="B286" t="s">
-        <v>298</v>
+        <v>237</v>
       </c>
       <c r="C286" t="s">
-        <v>454</v>
+        <v>238</v>
       </c>
       <c r="D286" s="1">
-        <v>46009</v>
+        <v>45937</v>
       </c>
       <c r="E286" s="1">
-        <v>46071</v>
+        <v>46119</v>
       </c>
       <c r="F286" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:6" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6">
       <c r="A287">
-        <v>546923</v>
+        <v>549496</v>
       </c>
       <c r="B287" t="s">
-        <v>90</v>
+        <v>448</v>
       </c>
       <c r="C287" t="s">
-        <v>91</v>
+        <v>449</v>
       </c>
       <c r="D287" s="1">
-        <v>45748</v>
+        <v>45745</v>
       </c>
       <c r="E287" s="1">
-        <v>46112</v>
+        <v>46109</v>
       </c>
       <c r="F287" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:6" x14ac:dyDescent="0.35">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6">
       <c r="A288">
-        <v>551728</v>
+        <v>566071</v>
       </c>
       <c r="B288" t="s">
-        <v>339</v>
+        <v>182</v>
       </c>
       <c r="C288" t="s">
-        <v>486</v>
+        <v>544</v>
       </c>
       <c r="D288" s="1">
-        <v>45772</v>
+        <v>45945</v>
       </c>
       <c r="E288" s="1">
-        <v>46136</v>
+        <v>46027</v>
       </c>
       <c r="F288" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="289" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="289" spans="1:6">
       <c r="A289">
-        <v>568736</v>
+        <v>566073</v>
       </c>
       <c r="B289" t="s">
-        <v>129</v>
+        <v>182</v>
       </c>
       <c r="C289" t="s">
-        <v>130</v>
+        <v>183</v>
       </c>
       <c r="D289" s="1">
-        <v>45987</v>
+        <v>45946</v>
       </c>
       <c r="E289" s="1">
-        <v>46350</v>
+        <v>46027</v>
       </c>
       <c r="F289" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="290" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="290" spans="1:6">
       <c r="A290">
-        <v>543688</v>
+        <v>566380</v>
       </c>
       <c r="B290" t="s">
-        <v>439</v>
+        <v>261</v>
       </c>
       <c r="C290" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="D290" s="1">
-        <v>45658</v>
+        <v>45963</v>
       </c>
       <c r="E290" s="1">
-        <v>46022</v>
+        <v>46327</v>
       </c>
       <c r="F290" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="291" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="291" spans="1:6">
       <c r="A291">
-        <v>567769</v>
+        <v>545811</v>
       </c>
       <c r="B291" t="s">
-        <v>184</v>
+        <v>425</v>
       </c>
       <c r="C291" t="s">
-        <v>185</v>
+        <v>426</v>
       </c>
       <c r="D291" s="1">
-        <v>45972</v>
+        <v>45689</v>
       </c>
       <c r="E291" s="1">
-        <v>46112</v>
+        <v>46053</v>
       </c>
       <c r="F291" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="292" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="292" spans="1:6">
       <c r="A292">
-        <v>550884</v>
+        <v>548861</v>
       </c>
       <c r="B292" t="s">
-        <v>326</v>
+        <v>54</v>
       </c>
       <c r="C292" t="s">
-        <v>327</v>
+        <v>55</v>
       </c>
       <c r="D292" s="1">
         <v>45748</v>
       </c>
       <c r="E292" s="1">
         <v>46112</v>
       </c>
       <c r="F292" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="293" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="293" spans="1:6">
       <c r="A293">
-        <v>548168</v>
+        <v>548863</v>
       </c>
       <c r="B293" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="C293" t="s">
-        <v>422</v>
+        <v>76</v>
       </c>
       <c r="D293" s="1">
         <v>45748</v>
       </c>
       <c r="E293" s="1">
         <v>46112</v>
       </c>
       <c r="F293" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="294" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="294" spans="1:6">
       <c r="A294">
-        <v>561285</v>
+        <v>556710</v>
       </c>
       <c r="B294" t="s">
-        <v>562</v>
+        <v>75</v>
       </c>
       <c r="C294" t="s">
-        <v>563</v>
+        <v>497</v>
       </c>
       <c r="D294" s="1">
-        <v>45894</v>
+        <v>45828</v>
       </c>
       <c r="E294" s="1">
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="F294" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="295" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="295" spans="1:6">
       <c r="A295">
-        <v>567880</v>
+        <v>568873</v>
       </c>
       <c r="B295" t="s">
-        <v>178</v>
+        <v>110</v>
       </c>
       <c r="C295" t="s">
-        <v>179</v>
+        <v>111</v>
       </c>
       <c r="D295" s="1">
-        <v>45930</v>
+        <v>45986</v>
       </c>
       <c r="E295" s="1">
-        <v>46294</v>
+        <v>46350</v>
       </c>
       <c r="F295" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:6" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6">
       <c r="A296">
-        <v>568319</v>
+        <v>570800</v>
       </c>
       <c r="B296" t="s">
-        <v>581</v>
+        <v>469</v>
       </c>
       <c r="C296" t="s">
-        <v>260</v>
+        <v>470</v>
       </c>
       <c r="D296" s="1">
-        <v>45981</v>
+        <v>46096</v>
       </c>
       <c r="E296" s="1">
-        <v>46345</v>
+        <v>46326</v>
       </c>
       <c r="F296" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="297" spans="1:6" x14ac:dyDescent="0.35">
-[...263 lines deleted...]
-      <c r="E328" s="1"/>
+    <row r="297" spans="1:6">
+      <c r="D297" s="1"/>
+    </row>
+    <row r="315" spans="5:5">
+      <c r="E315" s="1"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:H1" xr:uid="{530BD434-ACB2-4ABE-8A43-E317ECB9987F}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:H309">
+  <autoFilter ref="A1:F1" xr:uid="{79F2EC25-0B90-415F-8AFF-1E1C18254BAA}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F298">
       <sortCondition ref="B1"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>LDG01205</vt:lpstr>
+      <vt:lpstr>LDG01225</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Laura Donoghue</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>