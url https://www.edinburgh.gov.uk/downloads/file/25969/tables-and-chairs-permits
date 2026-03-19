--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -1,148 +1,173 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\SfC\RoadServ\NRSWA\Symology Operations\T &amp; C  Permits &amp; Licensing\Tables and Chairs\Website\2Weekly Reports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4DECBE2B-D43E-4EBB-ADD7-42121544560A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4D2B4BBC-E7EA-4E80-A26D-663D0F495D02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{37C4AE13-3CFD-4105-82EF-70CFB008F603}"/>
+    <workbookView xWindow="-110" yWindow="-10910" windowWidth="19420" windowHeight="10540" xr2:uid="{6FCF8C53-4601-45ED-88AD-999B543ECC78}"/>
   </bookViews>
   <sheets>
-    <sheet name="LDG01225" sheetId="1" r:id="rId1"/>
+    <sheet name="LDG01268" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'LDG01225'!$A$1:$F$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'LDG01268'!$A$1:$F$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="891" uniqueCount="564">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1135" uniqueCount="663">
   <si>
     <t>licno</t>
   </si>
   <si>
-    <t>premname</t>
-[...13 lines deleted...]
-  <si>
     <t>Bun &amp; Scoop</t>
   </si>
   <si>
     <t>21 Cockburn Street, Old Town, Edinburgh, EH1 1BP</t>
   </si>
   <si>
     <t>L23  Outdoor Area Permit Issued</t>
   </si>
   <si>
     <t>Cafe Vivo</t>
   </si>
   <si>
     <t>136 Canongate, EH8 8DD</t>
   </si>
   <si>
     <t>Mirin</t>
   </si>
   <si>
     <t>Maggie Dicksons</t>
   </si>
   <si>
     <t>92 Grassmarket, EH1 2JR</t>
   </si>
   <si>
+    <t>Veeno</t>
+  </si>
+  <si>
     <t>Fierce Beer</t>
   </si>
   <si>
     <t>167 Rose Street, Edinburgh, EH2 4LS</t>
   </si>
   <si>
     <t>Leith Depot</t>
   </si>
   <si>
     <t>138-140 Leith Walk, Edinburgh, EH6 5DT</t>
   </si>
   <si>
+    <t>Cask and Barrel</t>
+  </si>
+  <si>
+    <t>115 Broughton Street, EH1 3RZ</t>
+  </si>
+  <si>
     <t>L24  Outdoor Area Permit Refused</t>
   </si>
   <si>
     <t>Cote Brasserie</t>
   </si>
   <si>
     <t>51 Frederick Street, New Town, Edinburgh, EH2 1LH</t>
   </si>
   <si>
+    <t>2-4 Hope Street, EH2  4DB</t>
+  </si>
+  <si>
+    <t>Waverley Bar</t>
+  </si>
+  <si>
+    <t>3-5 St Mary's Street, EH1 1TA</t>
+  </si>
+  <si>
     <t>52 West Richmond Street, Newington, Edinburgh, EH8 9DZ</t>
   </si>
   <si>
+    <t>The Theatre Royal Bar</t>
+  </si>
+  <si>
     <t>The Ivy on The Square</t>
   </si>
   <si>
     <t>3-8 St Andrew Square, Edinburgh, EH2 2BD</t>
   </si>
   <si>
     <t>SCOTSMAN'S LOUNGE</t>
   </si>
   <si>
     <t>73 Cockburn Street, EH1 1BU</t>
   </si>
   <si>
+    <t>The Harp and Castle</t>
+  </si>
+  <si>
+    <t>298-300 Leith Walk, Edinburgh, EH6 5BU</t>
+  </si>
+  <si>
+    <t>Fishers Bistro</t>
+  </si>
+  <si>
+    <t>1 Shore, EH6 6QW</t>
+  </si>
+  <si>
+    <t>The Shore Bar &amp; Restaurant</t>
+  </si>
+  <si>
+    <t>3-4 Shore, EH6  6QW</t>
+  </si>
+  <si>
     <t>All Bar One</t>
   </si>
   <si>
     <t>29-31 George Street, EH2 2PA</t>
   </si>
   <si>
     <t>Amber Rose</t>
   </si>
   <si>
     <t>22 Castle Street, Edinburgh, EH2  3HT</t>
   </si>
   <si>
     <t>Browns Restaurant &amp; Bar</t>
   </si>
   <si>
     <t>131-133 George Street, EH2 4JS</t>
   </si>
   <si>
     <t>Greyfriars Bobby Bar</t>
   </si>
   <si>
     <t>30-34 Candlemaker Row, EH1 2QE</t>
   </si>
   <si>
     <t>Hanover Tap</t>
@@ -207,53 +232,65 @@
   <si>
     <t>Whiski</t>
   </si>
   <si>
     <t>119 High Street, EH1 1SG</t>
   </si>
   <si>
     <t>Cold Town House</t>
   </si>
   <si>
     <t>4-6 Grassmarket, Edinburgh, EH1 2JU</t>
   </si>
   <si>
     <t>The Black Bull</t>
   </si>
   <si>
     <t>12-18 Grassmarket, EH1  2JU</t>
   </si>
   <si>
     <t>The Black Rose Tavern</t>
   </si>
   <si>
     <t>49 Rose Street, EH2 2NH</t>
   </si>
   <si>
+    <t>WHIGHAMS WINE CELLAR LTD</t>
+  </si>
+  <si>
+    <t>13 Hope Street, EH2 4EL</t>
+  </si>
+  <si>
     <t>1505 Cafe</t>
   </si>
   <si>
+    <t>ROBBIE'S BAR</t>
+  </si>
+  <si>
+    <t>367 Leith Walk, EH6 8SE</t>
+  </si>
+  <si>
     <t>Amarone</t>
   </si>
   <si>
     <t>12-13 St Andrew Square, Edinburgh, EH2 2AF</t>
   </si>
   <si>
     <t>77-79 George Street, Edinburgh, EH2 3ES</t>
   </si>
   <si>
     <t>Costa Coffee</t>
   </si>
   <si>
     <t>50-54 Raeburn Place, EH4  1HL</t>
   </si>
   <si>
     <t>Hummus Edinburgh Ltd</t>
   </si>
   <si>
     <t>366 Morningside Road, Edinburgh, EH10 4QN</t>
   </si>
   <si>
     <t>108 Raeburn Place, Stockbridge, Edinburgh, EH4 1HH</t>
   </si>
   <si>
     <t>Hectors Public House</t>
@@ -264,146 +301,188 @@
   <si>
     <t>Eden Locke</t>
   </si>
   <si>
     <t>127 George Street, Edinburgh, EH2 4JN</t>
   </si>
   <si>
     <t>Whiski Rooms</t>
   </si>
   <si>
     <t>4-6 North Bank Street, Old Town, Edinburgh, EH1 2LP</t>
   </si>
   <si>
     <t>The Abbotsford Bar</t>
   </si>
   <si>
     <t>3-5 Rose Street, EH2 2PR</t>
   </si>
   <si>
     <t>The Alexander Graham Bell</t>
   </si>
   <si>
     <t>126-128 George Street, EH2 4JZ</t>
   </si>
   <si>
+    <t>Malmaison Hotel</t>
+  </si>
+  <si>
+    <t>21-22 St Andrew Square, New Town, Edinburgh, EH2 1AY</t>
+  </si>
+  <si>
     <t>Badger &amp; Co</t>
   </si>
   <si>
     <t>32 Castle Street, Edinburgh, EH2 3HT</t>
   </si>
   <si>
     <t>Butta Burger</t>
   </si>
   <si>
     <t>137 George Street, Edinburgh, EH2 4JY</t>
   </si>
   <si>
     <t>Ryries Bar</t>
   </si>
   <si>
     <t>1 Haymarket, EH12 5EY</t>
   </si>
   <si>
     <t>113 George Street, Edinburgh, EH2 4JN</t>
   </si>
   <si>
+    <t>Hard Rock Cafe</t>
+  </si>
+  <si>
+    <t>18-20GF1 George Street, EH2  2PF</t>
+  </si>
+  <si>
     <t>The Standing Order</t>
   </si>
   <si>
     <t>62-66 George Street, EH2 2LR</t>
   </si>
   <si>
+    <t>Orchard Bar</t>
+  </si>
+  <si>
+    <t>1 Howard Place, EH3 5JZ</t>
+  </si>
+  <si>
     <t>Meze Meze</t>
   </si>
   <si>
     <t>71 Rose Street, Edinburgh, EH2 2NH</t>
   </si>
   <si>
     <t>Tempo Perso</t>
   </si>
   <si>
     <t>208 Bruntsfield Place, Edinburgh, EH10 4DE</t>
   </si>
   <si>
     <t>Cafe Artista</t>
   </si>
   <si>
     <t>Mackays on the Mile</t>
   </si>
   <si>
     <t>223 Canongate, Old Town, Edinburgh, EH8 8BJ</t>
   </si>
   <si>
     <t>Gusto</t>
   </si>
   <si>
     <t>135A George Street, EH2  4JH</t>
   </si>
   <si>
     <t>2-4 Bath Road, Edinburgh, EH6 7JT</t>
   </si>
   <si>
     <t>Tiles Bistro Bar</t>
   </si>
   <si>
+    <t>The Golden Rule</t>
+  </si>
+  <si>
+    <t>30 Yeaman Place, EH11 1BT</t>
+  </si>
+  <si>
     <t>376 Morningside Road, Morningside, Edinburgh, EH10 5HX</t>
   </si>
   <si>
     <t>Black Cat</t>
   </si>
   <si>
     <t>168 Rose Street, EH2 4BA</t>
   </si>
   <si>
     <t>The Boozy Cow</t>
   </si>
   <si>
     <t>17 Frederick Street, EH2 2EY</t>
   </si>
   <si>
     <t>Angels Share Hotel</t>
   </si>
   <si>
     <t>7-11 Hope Street, Edinburgh, EH2 4EL</t>
   </si>
   <si>
+    <t>The Guild of Foresters</t>
+  </si>
+  <si>
+    <t>36-40 Portobello High Street, EH15 1DA</t>
+  </si>
+  <si>
     <t>Port O' Leith</t>
   </si>
   <si>
     <t>58 Constitution Street, EH6 6RS</t>
   </si>
   <si>
     <t>Word Of Mouth Cafe</t>
   </si>
   <si>
     <t>3A Albert Street, EH7 5HL</t>
   </si>
   <si>
     <t>Black Sheep Coffee</t>
   </si>
   <si>
+    <t>THE ARTISAN BAR</t>
+  </si>
+  <si>
+    <t>Artisan, 35-36 London Road, EH7 5BQ</t>
+  </si>
+  <si>
+    <t>Smith &amp; Gertrude</t>
+  </si>
+  <si>
+    <t>254 Portobello High Street, Portobello West, Edinburgh, EH15 2AT</t>
+  </si>
+  <si>
     <t>Krema Bakehouse</t>
   </si>
   <si>
     <t>Old Eastway Tap</t>
   </si>
   <si>
     <t>Four In Hand, 216-218 Easter Road, Leith, Edinburgh, EH7 5QH</t>
   </si>
   <si>
     <t>4-6 Victoria Terrace, Edinburgh, EH1 2JL</t>
   </si>
   <si>
     <t>Civerinos Slice</t>
   </si>
   <si>
     <t>49 Forrest Road, Edinburgh, EH1 2QP</t>
   </si>
   <si>
     <t>Rabble</t>
   </si>
   <si>
     <t>55A Frederick Street, EH2 1LH</t>
   </si>
   <si>
     <t>Montpeliers</t>
@@ -444,68 +523,80 @@
   <si>
     <t>Maxies Bistro</t>
   </si>
   <si>
     <t>8 Murrayfield Place, Murrayfield, Edinburgh, EH12 6AA</t>
   </si>
   <si>
     <t>Canons Gait</t>
   </si>
   <si>
     <t>232 Canongate, EH8 8DQ</t>
   </si>
   <si>
     <t>Hula</t>
   </si>
   <si>
     <t>103 West Bow, EH1 2JP</t>
   </si>
   <si>
     <t>Fat Hippo</t>
   </si>
   <si>
     <t>Gf, 95 George Street, New Town, Edinburgh, EH2 3ES</t>
   </si>
   <si>
+    <t>15 Castle Street, New Town, Edinburgh, EH2 3AH</t>
+  </si>
+  <si>
     <t>13A Castle Street, Edinburgh, EH2 3AH</t>
   </si>
   <si>
     <t>Made In Italy</t>
   </si>
   <si>
     <t>42 Grassmarket, EH1 2JU</t>
   </si>
   <si>
+    <t>CLARKS BAR</t>
+  </si>
+  <si>
+    <t>142 Dundas Street, EH3 5DQ</t>
+  </si>
+  <si>
     <t>Scran Bistro</t>
   </si>
   <si>
     <t>51-52 George Iv Bridge, Old Town, Edinburgh, EH1 1EJ</t>
   </si>
   <si>
     <t>1 Elm Row, Broughton, Edinburgh, EH7 4AA</t>
   </si>
   <si>
+    <t>Assembly Rooms, 54 George Street, New Town, Edinburgh, EH2 2LR</t>
+  </si>
+  <si>
     <t>Le Monde Hotel &amp; Shanghai Club</t>
   </si>
   <si>
     <t>16 George Street, EH2 2SL</t>
   </si>
   <si>
     <t>Cafe Gallo</t>
   </si>
   <si>
     <t>96 Raeburn Place, Edinburgh, EH4 1HH</t>
   </si>
   <si>
     <t>The Cocktail Geeks</t>
   </si>
   <si>
     <t>27 East Market Street, Old Town, Edinburgh, EH8 8FS</t>
   </si>
   <si>
     <t>Laila's Bistro</t>
   </si>
   <si>
     <t>63 Cockburn Street, Edinburgh, EH1 1BS</t>
   </si>
   <si>
     <t>The Mother Superior</t>
@@ -669,50 +760,56 @@
   <si>
     <t>8-9 Newkirkgate, North Leith, Edinburgh, EH6 6AD</t>
   </si>
   <si>
     <t>394 Morningside Road, Morningside, Edinburgh, EH10 5HX</t>
   </si>
   <si>
     <t>Printworks Coffee</t>
   </si>
   <si>
     <t>Ghillie Dhu</t>
   </si>
   <si>
     <t>Dirty Dick's</t>
   </si>
   <si>
     <t>159 Rose Street, EH2 4LS</t>
   </si>
   <si>
     <t>Bowls</t>
   </si>
   <si>
     <t>13 Forrest Road, Edinburgh, EH1 2QH</t>
   </si>
   <si>
+    <t>Cherry's Cafe</t>
+  </si>
+  <si>
+    <t>46 London Road, Edinburgh, EH7 5SP</t>
+  </si>
+  <si>
     <t>The Booking Office</t>
   </si>
   <si>
     <t>17 Waverley Bridge, Edinburgh, EH1 1BQ</t>
   </si>
   <si>
     <t>Copper Blossom</t>
   </si>
   <si>
     <t>basement, 107 George Street, Edinburgh, EH2 3ES</t>
   </si>
   <si>
     <t>La Locanda</t>
   </si>
   <si>
     <t>61 Cockburn Street, Edinburgh, EH1 1BS</t>
   </si>
   <si>
     <t>STARBUCKS COFFEE</t>
   </si>
   <si>
     <t>124 High Street, EH1 1QS</t>
   </si>
   <si>
     <t>85-87 Rose Street, New Town, Edinburgh, EH2 3DT</t>
@@ -750,83 +847,101 @@
   <si>
     <t>Nobles</t>
   </si>
   <si>
     <t>44A Constitution Street, Edinburgh, EH6 6RS</t>
   </si>
   <si>
     <t>Union Of Genius</t>
   </si>
   <si>
     <t>8 Forrest Road, Edinburgh, EH1 2QN</t>
   </si>
   <si>
     <t>Mor Bakehouse</t>
   </si>
   <si>
     <t>1 St James Quarter</t>
   </si>
   <si>
     <t>Angels With Bagpipes</t>
   </si>
   <si>
     <t>343 High Street, EH1 1PW</t>
   </si>
   <si>
+    <t>Medo Cafe</t>
+  </si>
+  <si>
+    <t>48 Dalry Road, Dalry, Edinburgh, EH11 2BA</t>
+  </si>
+  <si>
+    <t>Troy Cafe</t>
+  </si>
+  <si>
     <t>Tapas 3</t>
   </si>
   <si>
     <t>6-8 Howden Street, Newington, Edinburgh, EH8 9HL</t>
   </si>
   <si>
     <t>Thai Lemongrass</t>
   </si>
   <si>
     <t>40-41 Bruntsfield Place, Edinburgh, EH10 4HJ</t>
   </si>
   <si>
     <t>Dishoom</t>
   </si>
   <si>
     <t>3a St Andrew Square, Edinburgh, EH2 2BD</t>
   </si>
   <si>
     <t>The Bonnie Barista Ltd</t>
   </si>
   <si>
     <t>219 Balgreen Road, Saughtonhall, Edinburgh, EH11 2RZ</t>
   </si>
   <si>
     <t>25-25a Promenade, Portobello East, Edinburgh, EH15 1HH</t>
   </si>
   <si>
+    <t>18-20 Dalry Road, Edinburgh, EH11 2BA</t>
+  </si>
+  <si>
     <t>Scott’s Kitchen</t>
   </si>
   <si>
+    <t>The Clock Cafe</t>
+  </si>
+  <si>
     <t>26 Forrest Road, Old Town, Edinburgh, EH1 2QN</t>
   </si>
   <si>
+    <t>125 Dalry Road, EH11 2DR</t>
+  </si>
+  <si>
     <t>Montrose</t>
   </si>
   <si>
     <t>1-7 Montrose Terrace, Abbeyhill, Edinburgh, EH7 5DJ</t>
   </si>
   <si>
     <t>The Filling Station</t>
   </si>
   <si>
     <t>The Castle Arms</t>
   </si>
   <si>
     <t>6 Johnston Terrace, Old Town, Edinburgh, EH1 2PW</t>
   </si>
   <si>
     <t>92 George Street, New Town, Edinburgh, EH2 3DF</t>
   </si>
   <si>
     <t>2 Hunter Square, Old Town, Edinburgh, EH1 1QW</t>
   </si>
   <si>
     <t>Wagamama</t>
   </si>
   <si>
     <t>4 St Andrew Square, Edinburgh, EH2 2BD</t>
@@ -834,104 +949,131 @@
   <si>
     <t>L'Etoile Salon de Tea</t>
   </si>
   <si>
     <t>44 West Port, Edinburgh, EH1 2LD</t>
   </si>
   <si>
     <t>Fazenda</t>
   </si>
   <si>
     <t>102 George Street, Edinburgh, EH2 3DF</t>
   </si>
   <si>
     <t>35 East Market Street, Edinburgh, EH8 8FR</t>
   </si>
   <si>
     <t>Pirlous</t>
   </si>
   <si>
     <t>67 Grassmarket, Edinburgh, EH1 2HJ</t>
   </si>
   <si>
     <t>Gordon Ramsay Bread Street Kitchen &amp; Bar</t>
   </si>
   <si>
+    <t>The Jolly</t>
+  </si>
+  <si>
+    <t>9 Elm Row, Edinburgh, EH7 4AA</t>
+  </si>
+  <si>
     <t>Franco Manca</t>
   </si>
   <si>
     <t>15 South St Andrew Street, Edinburgh, EH2 2AU</t>
   </si>
   <si>
     <t>The Fiddler's Arms</t>
   </si>
   <si>
     <t>9-11 Grassmarket, Edinburgh, EH1 2HY</t>
   </si>
   <si>
     <t>Bar Salsa</t>
   </si>
   <si>
     <t>3 Cowgatehead, EH1 1JY</t>
   </si>
   <si>
     <t>George IV Bar</t>
   </si>
   <si>
     <t>54-55 George Iv Bridge, Edinburgh, EH1 1EJ</t>
   </si>
   <si>
     <t>McGonagalls</t>
   </si>
   <si>
     <t>49-50 George Iv Bridge, Old Town, Edinburgh, EH1 1EJ</t>
   </si>
   <si>
+    <t>The Mussel Inn</t>
+  </si>
+  <si>
+    <t>61-65 Rose Street, Edinburgh, EH2 2NH</t>
+  </si>
+  <si>
+    <t>56 North</t>
+  </si>
+  <si>
+    <t>2-8 West Crosscauseway, EH8  9JP</t>
+  </si>
+  <si>
+    <t>Argyle Bar</t>
+  </si>
+  <si>
     <t>Mia Italian Kitchen</t>
   </si>
   <si>
     <t>Cafe Jacques</t>
   </si>
   <si>
     <t>Deacon Brodies Tavern</t>
   </si>
   <si>
     <t>Triple-Tri Coffee</t>
   </si>
   <si>
     <t>45a-45b York Place, New Town, Edinburgh, EH1 3HP</t>
   </si>
   <si>
     <t>Ship on the Shore</t>
   </si>
   <si>
     <t>24-26 Shore, Edinburgh</t>
   </si>
   <si>
     <t>The Square</t>
   </si>
   <si>
+    <t>Babka</t>
+  </si>
+  <si>
+    <t>20 Brougham Place, Edinburgh, EH3 9JU</t>
+  </si>
+  <si>
     <t>Dine Thyme</t>
   </si>
   <si>
     <t>99 Brunswick Street, Edinburgh, EH7 5HR</t>
   </si>
   <si>
     <t>Earl of Marchmont</t>
   </si>
   <si>
     <t>22 Marchmont Crescent, Edinburgh, EH9 1HG</t>
   </si>
   <si>
     <t>Southern Cross Cafe</t>
   </si>
   <si>
     <t>63a Cockburn Street, Edinburgh, EH1 1BS</t>
   </si>
   <si>
     <t>Kuna Cafe</t>
   </si>
   <si>
     <t>Contini George Street</t>
   </si>
   <si>
     <t>103 George Street, Edinburgh, EH2 3ES</t>
@@ -954,65 +1096,80 @@
   <si>
     <t>1 Waterloo Place, New Town, Edinburgh, EH1 3BG</t>
   </si>
   <si>
     <t>Element</t>
   </si>
   <si>
     <t>110-114 Rose Street, Edinburgh, EH2 3JF</t>
   </si>
   <si>
     <t>Gaucho</t>
   </si>
   <si>
     <t>4a St Andrew Square, New Town, Edinburgh, EH2 2BD</t>
   </si>
   <si>
     <t>Bella Italia</t>
   </si>
   <si>
     <t>175-177 High Street, Edinburgh, EH1 1PD</t>
   </si>
   <si>
     <t>Baruno</t>
   </si>
   <si>
+    <t>Luckenbooths</t>
+  </si>
+  <si>
+    <t>329 High Street, Old Town, Edinburgh, EH1 1PN</t>
+  </si>
+  <si>
+    <t>Haymarket Cafe by L&amp;G</t>
+  </si>
+  <si>
+    <t>36 Haymarket Terrace, New Town, Edinburgh, EH12 5JZ</t>
+  </si>
+  <si>
     <t>Tigerlily</t>
   </si>
   <si>
     <t>125 George Street, Edinburgh, EH2 4JN</t>
   </si>
   <si>
     <t>Auld Hundred</t>
   </si>
   <si>
     <t>The Milkman</t>
   </si>
   <si>
     <t>Dine Murrayfield</t>
   </si>
   <si>
+    <t>26 Hamilton Place, Edinburgh, EH3 5AU</t>
+  </si>
+  <si>
     <t>National Library of Scotland</t>
   </si>
   <si>
     <t>57 George Iv Bridge, Edinburgh, EH1 1EW</t>
   </si>
   <si>
     <t>50 Constitution Street, South Leith, Edinburgh, EH6 6RS</t>
   </si>
   <si>
     <t>Nok's Kitchen</t>
   </si>
   <si>
     <t>Starbucks Coffee Company Ltd</t>
   </si>
   <si>
     <t>118 Princes Street, New Town, Edinburgh, EH2 4AA</t>
   </si>
   <si>
     <t>Couples, 96-98 Leith Walk, Edinburgh, EH6 5HB</t>
   </si>
   <si>
     <t>The Street</t>
   </si>
   <si>
     <t>Roasters</t>
@@ -1044,104 +1201,119 @@
   <si>
     <t>Luscious</t>
   </si>
   <si>
     <t>261 Canongate, Edinburgh, EH8 8BQ</t>
   </si>
   <si>
     <t>Knoops</t>
   </si>
   <si>
     <t>32 A CASTLE STREET, NEW TOWN,, EH2 3HT</t>
   </si>
   <si>
     <t>9 Albert Place, Edinburgh, EH7 5HN</t>
   </si>
   <si>
     <t>Biblos</t>
   </si>
   <si>
     <t>1a Chambers Street, Old Town, Edinburgh, EH1 1HR</t>
   </si>
   <si>
     <t>272 Portobello High Street, Edinburgh, EH15 2AT</t>
   </si>
   <si>
+    <t>Islander</t>
+  </si>
+  <si>
+    <t>37 Marshall Street, Newington, Edinburgh, EH8 9BJ</t>
+  </si>
+  <si>
     <t>Rose Street Cafe</t>
   </si>
   <si>
     <t>192a Rose Street, New Town, Edinburgh, EH2 4AZ</t>
   </si>
   <si>
     <t>The Ginger Coo Cafe</t>
   </si>
   <si>
     <t>200 Rose Street, New Town, Edinburgh, EH2 4AZ</t>
   </si>
   <si>
     <t>100a Raeburn Place, Edinburgh, EH4 1HH</t>
   </si>
   <si>
     <t>67 North Castle Street, New Town, Edinburgh, EH2 3LJ</t>
   </si>
   <si>
+    <t>Rio's formerley Stack and Still</t>
+  </si>
+  <si>
     <t>The Birchwood Bistro &amp; Wine</t>
   </si>
   <si>
     <t>146-148 Marchmont Road, Edinburgh, EH9 1AQ</t>
   </si>
   <si>
     <t>23 Brougham Street, Tollcross, Edinburgh, EH3 9JS</t>
   </si>
   <si>
     <t>Ella Cuisine</t>
   </si>
   <si>
     <t>138 Bruntsfield Place, Edinburgh, EH10 4ER</t>
   </si>
   <si>
     <t>2-6 Rutland Place, West End, Edinburgh, EH1 2AD</t>
   </si>
   <si>
     <t>62 Raeburn Place, Stockbridge, Edinburgh, EH4 1HJ</t>
   </si>
   <si>
     <t>128 Portobello High Street, Portobello West, Edinburgh, EH15 1AH</t>
   </si>
   <si>
     <t>143 Cowgate, Edinburgh, EH1 1JS</t>
   </si>
   <si>
     <t>Sip &amp; Bark</t>
   </si>
   <si>
     <t>Piggs</t>
   </si>
   <si>
     <t>171 Bruntsfield Place, Bruntsfield, Edinburgh, EH10 4DG</t>
   </si>
   <si>
+    <t>Civerinos Stockbridge</t>
+  </si>
+  <si>
+    <t>48 Raeburn Place, Stockbridge, Edinburgh, EH4 1HL</t>
+  </si>
+  <si>
     <t>3 Elm Row, Edinburgh, EH7 4AA</t>
   </si>
   <si>
     <t>Bobby's Sandwich Bar</t>
   </si>
   <si>
     <t>4 Greyfriars Place, EH1 2QQ</t>
   </si>
   <si>
     <t>Room Rumours Coffee Limited</t>
   </si>
   <si>
     <t>25 East Market Street, Old Town, Edinburgh, EH8 8FS</t>
   </si>
   <si>
     <t>7 Cockburn Street, Old Town, Edinburgh, EH1 1BP</t>
   </si>
   <si>
     <t>1 Melville Place, Edinburgh, EH3 7PR</t>
   </si>
   <si>
     <t>Jemo Gul</t>
   </si>
   <si>
     <t>Ben &amp; Jerry's</t>
@@ -1227,92 +1399,110 @@
   <si>
     <t>28 Rose Street, New Town, Edinburgh, EH2 2QA</t>
   </si>
   <si>
     <t>5-11 Leith Street, New Town, Edinburgh, EH1 3AT</t>
   </si>
   <si>
     <t>The Royal Mile Tavern</t>
   </si>
   <si>
     <t>127 High Street, Old Town, Edinburgh, EH1 1SG</t>
   </si>
   <si>
     <t>The Noble Leisure Company Limited</t>
   </si>
   <si>
     <t>47 Figgate Lane, Portobello West, Edinburgh, EH15 1HJ</t>
   </si>
   <si>
     <t>Pret A Manger</t>
   </si>
   <si>
     <t>25 Castle Street, EH2 3DN</t>
   </si>
   <si>
+    <t>Flatbread Turkish Bakery House</t>
+  </si>
+  <si>
+    <t>48 Haymarket Terrace, New Town, Edinburgh, EH12 5LA</t>
+  </si>
+  <si>
     <t>The Clam Shell</t>
   </si>
   <si>
     <t>148 High Street, EH1 1QS</t>
   </si>
   <si>
     <t>5a Johnston Terrace, Old Town, Edinburgh, EH1 2PW</t>
   </si>
   <si>
     <t>1-2 ST ANDREW SQUARE</t>
   </si>
   <si>
     <t>NOTT EDINBURGH LTD</t>
   </si>
   <si>
     <t>13 Crighton Place, Leith, Edinburgh, EH7 4NY</t>
   </si>
   <si>
     <t>235 High Street, EH1 1PE</t>
   </si>
   <si>
     <t>134-136 LEITH WALK, LEITH WALK, EDINBURGH, EH6 5DT</t>
   </si>
   <si>
     <t>Landys</t>
   </si>
   <si>
     <t>29-31 North Bridge, Old Town, Edinburgh, EH1 1SB</t>
   </si>
   <si>
     <t>177 Morningside Road, EH10 4AX</t>
   </si>
   <si>
     <t>The Castle's Kitchen</t>
   </si>
   <si>
     <t>36-38 High Street, Old Town, Edinburgh, EH1 1TB</t>
   </si>
   <si>
     <t>Taco Libre Bar</t>
   </si>
   <si>
+    <t>Not Just Coffee</t>
+  </si>
+  <si>
+    <t>Makars Mash</t>
+  </si>
+  <si>
+    <t>12 Bank Street, Edinburgh</t>
+  </si>
+  <si>
+    <t>7 Brunswick Place, Broughton, Edinburgh, EH7 5HW</t>
+  </si>
+  <si>
     <t>Bakery Andante</t>
   </si>
   <si>
     <t>352 Morningside Road, EH10 4QL</t>
   </si>
   <si>
     <t>Singh Street</t>
   </si>
   <si>
     <t>88 Bruntsfield Place, Bruntsfield, Edinburgh, EH10 4HG</t>
   </si>
   <si>
     <t>Argyle Cellar Bar</t>
   </si>
   <si>
     <t>Sub Station Express</t>
   </si>
   <si>
     <t>9 St Mary's Street, Old Town, Edinburgh, EH1 1TA</t>
   </si>
   <si>
     <t>Robertsons Bar</t>
   </si>
   <si>
     <t>37 Rose Street, Edinburgh, EH2 2NH</t>
@@ -1347,170 +1537,194 @@
   <si>
     <t>Domenico's</t>
   </si>
   <si>
     <t>30 Sandport Street, EH6 6EP</t>
   </si>
   <si>
     <t>L25  Outdoor Area Permit Surrendered</t>
   </si>
   <si>
     <t>435 Lawnmarket, EH1 2NT</t>
   </si>
   <si>
     <t>Richmond caffe</t>
   </si>
   <si>
     <t>GF 18 NICOLSON STREET</t>
   </si>
   <si>
     <t>Seamus's</t>
   </si>
   <si>
     <t>15 Brougham Place, EH3  9JX</t>
   </si>
   <si>
+    <t>Lora's Caffé Bar</t>
+  </si>
+  <si>
+    <t>7 Telford Road, Craigleith, Edinburgh, EH4 2AQ</t>
+  </si>
+  <si>
     <t>113 George Street, New Town, Edinburgh, EH2 4JN</t>
   </si>
   <si>
     <t>The coffee connection</t>
   </si>
   <si>
     <t>186 Causewayside, Sciennes, Edinburgh, EH9 1PN</t>
   </si>
   <si>
     <t>Ragu Pasta</t>
   </si>
   <si>
     <t>100-102 Rose Street, Edinburgh</t>
   </si>
   <si>
     <t>Sisorti Limited</t>
   </si>
   <si>
     <t>Urban Jungle Brunch Room</t>
   </si>
   <si>
     <t>187-189 Leith Walk, Edinburgh, EH6 8NX</t>
   </si>
   <si>
     <t>94-96 Marchmont Crescent, Edinburgh, EH9 1HD</t>
   </si>
   <si>
     <t>Cuthbert's Cafe + Deli</t>
   </si>
   <si>
     <t>Cupp Bubble Tea</t>
   </si>
   <si>
     <t>321 Leith Walk, Edinburgh, EH6 8SA</t>
   </si>
   <si>
     <t>159a-163a Bruntsfield Place, Bruntsfield, Edinburgh, EH10 4DG</t>
   </si>
   <si>
     <t>Herringbone Barnton</t>
   </si>
   <si>
     <t>195 Whitehouse Road, Cramond, Edinburgh, EH4 6BU</t>
   </si>
   <si>
     <t>Pantry Bruntsfield</t>
   </si>
   <si>
+    <t>Boston Bar</t>
+  </si>
+  <si>
+    <t>104 HANOVER STREET, HANOVER STREET, NEW TOWN, EDINBURGH, EH2 1DR</t>
+  </si>
+  <si>
     <t>Croccante and co. Ltd</t>
   </si>
   <si>
     <t>2B LYNEDOCH PLACE, LYNEDOCH PLACE, NEW TOWN, EDINBURGH, EH3 7PX</t>
   </si>
   <si>
     <t>2b Picardy Place, New Town, Edinburgh, EH1 3JT</t>
   </si>
   <si>
     <t>Bliss House Cafe Ltd</t>
   </si>
   <si>
     <t>1 Meadowbank Avenue, Willowbrae, Edinburgh, EH8 7AP</t>
   </si>
   <si>
     <t>Fortuna Coffee Bar</t>
   </si>
   <si>
     <t>Bf1, 37-39 Frederick Street, New Town, Edinburgh, EH2 1EP</t>
   </si>
   <si>
     <t>The Castle Rock Cafe</t>
   </si>
   <si>
     <t>453 Lawnmarket, Old Town, Edinburgh, EH1 2NT</t>
   </si>
   <si>
     <t>Cask and Vine</t>
   </si>
   <si>
     <t>244 Canongate, Old Town, Edinburgh, EH8 8AB</t>
   </si>
   <si>
+    <t>L15  Licence superseded</t>
+  </si>
+  <si>
+    <t>Stockbridge Tap</t>
+  </si>
+  <si>
+    <t>2-6 Raeburn Place, Edinburgh, EH4 1HN</t>
+  </si>
+  <si>
     <t>Yaduvanshi Authentic Indian Restaurant</t>
   </si>
   <si>
     <t>31 East Market Street, Old Town, Edinburgh, EH8 8FR</t>
   </si>
   <si>
     <t>Gladstone's Land</t>
   </si>
   <si>
     <t>477b Lawnmarket, EH1  2NT</t>
   </si>
   <si>
     <t>Cult Coffee Roasters</t>
   </si>
   <si>
     <t>104 BUCCLEUCH STREET, BUCCLEUCH STREET, SOUTHSIDE, EDINBURGH, EH8 9NQ</t>
   </si>
   <si>
     <t>Pizza Station</t>
   </si>
   <si>
     <t>24 DALRY ROAD, DALRY ROAD, DALRY, EDINBURGH, EH11 2BA</t>
   </si>
   <si>
     <t>Singh Street Cha</t>
   </si>
   <si>
     <t>13 Deanhaugh Street, Stockbridge, Edinburgh, EH4 1LU</t>
   </si>
   <si>
     <t>Oakberry</t>
   </si>
   <si>
     <t>So What Edinburgh Ltd</t>
   </si>
   <si>
     <t>219 Bruntsfield Place, Bruntsfield, Edinburgh, EH10 4DH</t>
   </si>
   <si>
+    <t>76 Rose Street, New Town, Edinburgh, EH2 2NN</t>
+  </si>
+  <si>
     <t>Pastry Selection</t>
   </si>
   <si>
     <t>86 RAEBURN PLACE, RAEBURN PLACE, STOCKBRIDGE, EDINBURGH, EH4 1HH</t>
   </si>
   <si>
     <t>Edinburgh Larder Morningside</t>
   </si>
   <si>
     <t>54-56 Morningside Road, Morningside, Edinburgh, EH10 4BZ</t>
   </si>
   <si>
     <t>Meadows Tap</t>
   </si>
   <si>
     <t>27 Causewayside, Sciennes, Edinburgh, EH9 1QF</t>
   </si>
   <si>
     <t>Noks</t>
   </si>
   <si>
     <t>192-194 MORRISON STREET, MORRISON STREET, WEST END, EDINBURGH, EH3 8EB</t>
   </si>
   <si>
     <t>Sloe Lane Bakery</t>
@@ -1548,50 +1762,56 @@
   <si>
     <t>16 Raeburn Pl, Edinburgh EH4 1HN</t>
   </si>
   <si>
     <t>184 BRUNTSFIELD PLACE, BRUNTSFIELD PLACE, EDINBURGH, EH10 4DF</t>
   </si>
   <si>
     <t>Saigon Memoire</t>
   </si>
   <si>
     <t>14 South St Andrew Street, New Town, Edinburgh, EH2 2AZ</t>
   </si>
   <si>
     <t>Project Canele</t>
   </si>
   <si>
     <t>150 Dundas Street, New Town, Edinburgh, EH3 5DQ</t>
   </si>
   <si>
     <t>Oasis</t>
   </si>
   <si>
     <t>Mamacita's Miami Eats</t>
   </si>
   <si>
+    <t>KUL COFFEE</t>
+  </si>
+  <si>
+    <t>15 Elm Row, Broughton, Edinburgh, EH7 4AA</t>
+  </si>
+  <si>
     <t>Gilded Saloon</t>
   </si>
   <si>
     <t>47 LOTHIAN STREET, LOTHIAN STREET, EDINBURGH, EH1 1HB</t>
   </si>
   <si>
     <t>2 Stafford Street, Edinburgh, EH3 7AU</t>
   </si>
   <si>
     <t>Rama Coffee</t>
   </si>
   <si>
     <t>63 Inverleith Row, Inverleith, Edinburgh, EH3 5PX</t>
   </si>
   <si>
     <t>Mehmat Akbas</t>
   </si>
   <si>
     <t>261 Canongate, Old Town, Edinburgh, EH8 8BQ</t>
   </si>
   <si>
     <t>Mary's Bistro Cafe</t>
   </si>
   <si>
     <t>8 St Mary's Street, Old Town, Edinburgh, EH1 1SU</t>
@@ -1653,50 +1873,53 @@
   <si>
     <t>L17  Licence surrendered</t>
   </si>
   <si>
     <t>The Finch</t>
   </si>
   <si>
     <t>THE GRUFF GOAT</t>
   </si>
   <si>
     <t>19-20 Teviot Place, Southside, Edinburgh, EH1 2QZ</t>
   </si>
   <si>
     <t>Soderberg</t>
   </si>
   <si>
     <t>3 Deanhaugh Street, Stockbridge, Edinburgh, EH4 1LU</t>
   </si>
   <si>
     <t>Howies Waterloo Place</t>
   </si>
   <si>
     <t>29a Waterloo Place, New Town, Edinburgh, EH1 3BQ</t>
   </si>
   <si>
+    <t>Ryans Bar</t>
+  </si>
+  <si>
     <t>104a George Street, New Town, Edinburgh, EH2 3DF</t>
   </si>
   <si>
     <t>20 Leith Street, New Town, Edinburgh, EH1 3AT</t>
   </si>
   <si>
     <t>Nothe Coffee (Hopa Coffe Ltd)</t>
   </si>
   <si>
     <t>Tempting Tattie</t>
   </si>
   <si>
     <t>18 Jeffrey Street, EH1 1DT</t>
   </si>
   <si>
     <t>THE GRANARY</t>
   </si>
   <si>
     <t>32-34 Shore, North Leith, Edinburgh, EH6 6QN</t>
   </si>
   <si>
     <t>15-21 LEITH WALK, LEITH WALK, EDINBURGH, EH6 8LN</t>
   </si>
   <si>
     <t>276 CANONGATE, CANONGATE, EDINBURGH, EH8 8AA</t>
@@ -1711,50 +1934,125 @@
     <t>Cafe Vigo</t>
   </si>
   <si>
     <t>88 St John's Road, Edinburgh</t>
   </si>
   <si>
     <t>Caru by Candellight</t>
   </si>
   <si>
     <t>Arch2, The Arches, East Market Street, Old Town, Edinburgh, EH8 8FS</t>
   </si>
   <si>
     <t>2 King's Road, Portobello West, Edinburgh, EH15 1EA</t>
   </si>
   <si>
     <t>Bruntsfield Place</t>
   </si>
   <si>
     <t>206 BRUNTSFIELD PLACE, BRUNTSFIELD PLACE, EDINBURGH, EH10 4DF</t>
   </si>
   <si>
     <t>Al taglio</t>
   </si>
   <si>
     <t>67 HOME STREET, HOME STREET, EDINBURGH, EH3 9JP</t>
+  </si>
+  <si>
+    <t>Confelicity Bakery</t>
+  </si>
+  <si>
+    <t>167 BRUNTSFIELD PLACE, BRUNTSFIELD PLACE, EDINBURGH, EH10 4DG</t>
+  </si>
+  <si>
+    <t>Nikos Bruntsfield Limited</t>
+  </si>
+  <si>
+    <t>123 BRUNTSFIELD PLACE, BRUNTSFIELD PLACE, EDINBURGH, EH10 4EQ</t>
+  </si>
+  <si>
+    <t>T42 Tearoom Ltd</t>
+  </si>
+  <si>
+    <t>92 Marchmont Crescent, Marchmont, Edinburgh, EH9 1HD</t>
+  </si>
+  <si>
+    <t>30/03/0265</t>
+  </si>
+  <si>
+    <t>Cupp</t>
+  </si>
+  <si>
+    <t>14 Leith Street, New Town, Edinburgh, EH1 3AS</t>
+  </si>
+  <si>
+    <t>Paesano</t>
+  </si>
+  <si>
+    <t>77a George Street, New Town, Edinburgh, EH2 3ES</t>
+  </si>
+  <si>
+    <t>JOLLY JUDGE</t>
+  </si>
+  <si>
+    <t>Marco's Pool Hall and Pizza Bar</t>
+  </si>
+  <si>
+    <t>79 Grove Street, Fountainbridge, Edinburgh, EH3 8FG</t>
+  </si>
+  <si>
+    <t>Top Cut</t>
+  </si>
+  <si>
+    <t>Meadowbank Orchard</t>
+  </si>
+  <si>
+    <t>12 Dalziel Place, Broughton, Edinburgh, EH7 5TR</t>
+  </si>
+  <si>
+    <t>THE WHISPERING KETTLE LIMITED</t>
+  </si>
+  <si>
+    <t>26 Albert Place, Leith, Edinburgh, EH7 5HN</t>
+  </si>
+  <si>
+    <t>24-27 Greenside Place, Greenside, Edinburgh, EH1 3AA</t>
+  </si>
+  <si>
+    <t>Premises</t>
+  </si>
+  <si>
+    <t>Address</t>
+  </si>
+  <si>
+    <t>Valid From</t>
+  </si>
+  <si>
+    <t>Valid To</t>
+  </si>
+  <si>
+    <t>Status</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -2574,6017 +2872,7635 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79F2EC25-0B90-415F-8AFF-1E1C18254BAA}">
-  <dimension ref="A1:F315"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B0A46B5-A8B4-4592-A720-31EFB31B7451}">
+  <dimension ref="A1:F377"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-[...2 lines deleted...]
-      <selection pane="bottomLeft" activeCell="I20" sqref="I20"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A362" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="P1" sqref="P1"/>
+      <selection pane="bottomLeft" activeCell="A373" sqref="A373:XFD373"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14"/>
   <cols>
     <col min="1" max="1" width="6.75" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.6640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="83.5" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="11.08203125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="10.4140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="9.75" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
-        <v>1</v>
+        <v>658</v>
       </c>
       <c r="C1" t="s">
-        <v>2</v>
+        <v>659</v>
       </c>
       <c r="D1" t="s">
-        <v>3</v>
+        <v>660</v>
       </c>
       <c r="E1" t="s">
-        <v>4</v>
+        <v>661</v>
       </c>
       <c r="F1" t="s">
-        <v>5</v>
+        <v>662</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>548884</v>
       </c>
       <c r="B2" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="C2" t="s">
-        <v>439</v>
+        <v>502</v>
       </c>
       <c r="D2" s="1">
         <v>45748</v>
       </c>
       <c r="E2" s="1">
         <v>46112</v>
       </c>
       <c r="F2" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>570792</v>
+        <v>575363</v>
       </c>
       <c r="B3" t="s">
-        <v>562</v>
+        <v>323</v>
       </c>
       <c r="C3" t="s">
-        <v>563</v>
+        <v>324</v>
       </c>
       <c r="D3" s="1">
-        <v>46024</v>
+        <v>46116</v>
       </c>
       <c r="E3" s="1">
-        <v>46267</v>
+        <v>46277</v>
       </c>
       <c r="F3" t="s">
-        <v>231</v>
+        <v>263</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>566084</v>
+        <v>570792</v>
       </c>
       <c r="B4" t="s">
-        <v>200</v>
+        <v>636</v>
       </c>
       <c r="C4" t="s">
-        <v>201</v>
+        <v>637</v>
       </c>
       <c r="D4" s="1">
-        <v>45962</v>
+        <v>46024</v>
       </c>
       <c r="E4" s="1">
-        <v>46082</v>
+        <v>46267</v>
       </c>
       <c r="F4" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>564619</v>
+        <v>566084</v>
       </c>
       <c r="B5" t="s">
-        <v>372</v>
+        <v>230</v>
       </c>
       <c r="C5" t="s">
-        <v>373</v>
+        <v>231</v>
       </c>
       <c r="D5" s="1">
-        <v>45931</v>
+        <v>45962</v>
       </c>
       <c r="E5" s="1">
-        <v>46112</v>
+        <v>46082</v>
       </c>
       <c r="F5" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>546393</v>
+        <v>564619</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>429</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c r="D6" s="1">
-        <v>45748</v>
+        <v>45931</v>
       </c>
       <c r="E6" s="1">
         <v>46112</v>
       </c>
       <c r="F6" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>566480</v>
+        <v>546393</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="D7" s="1">
-        <v>45930</v>
+        <v>45748</v>
       </c>
       <c r="E7" s="1">
-        <v>46294</v>
+        <v>46112</v>
       </c>
       <c r="F7" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>549181</v>
+        <v>573724</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D8" s="1">
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="E8" s="1">
-        <v>46112</v>
+        <v>46477</v>
       </c>
       <c r="F8" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>568744</v>
+        <v>566480</v>
       </c>
       <c r="B9" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="D9" s="1">
-        <v>45986</v>
+        <v>45930</v>
       </c>
       <c r="E9" s="1">
-        <v>46112</v>
+        <v>46294</v>
       </c>
       <c r="F9" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>567777</v>
+        <v>549181</v>
       </c>
       <c r="B10" t="s">
-        <v>241</v>
+        <v>36</v>
       </c>
       <c r="C10" t="s">
-        <v>242</v>
+        <v>37</v>
       </c>
       <c r="D10" s="1">
-        <v>45930</v>
+        <v>45748</v>
       </c>
       <c r="E10" s="1">
-        <v>46294</v>
+        <v>46112</v>
       </c>
       <c r="F10" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>545190</v>
+        <v>568744</v>
       </c>
       <c r="B11" t="s">
-        <v>420</v>
+        <v>126</v>
       </c>
       <c r="C11" t="s">
-        <v>192</v>
+        <v>127</v>
       </c>
       <c r="D11" s="1">
-        <v>45705</v>
+        <v>45986</v>
       </c>
       <c r="E11" s="1">
-        <v>46043</v>
+        <v>46112</v>
       </c>
       <c r="F11" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>569584</v>
+        <v>567777</v>
       </c>
       <c r="B12" t="s">
-        <v>329</v>
+        <v>273</v>
       </c>
       <c r="C12" t="s">
-        <v>345</v>
+        <v>274</v>
       </c>
       <c r="D12" s="1">
-        <v>45976</v>
+        <v>45930</v>
       </c>
       <c r="E12" s="1">
-        <v>46340</v>
+        <v>46294</v>
       </c>
       <c r="F12" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>569573</v>
+        <v>572989</v>
       </c>
       <c r="B13" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C13" t="s">
-        <v>351</v>
+        <v>222</v>
       </c>
       <c r="D13" s="1">
-        <v>45976</v>
+        <v>46051</v>
       </c>
       <c r="E13" s="1">
-        <v>46340</v>
+        <v>46388</v>
       </c>
       <c r="F13" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>569507</v>
+        <v>545190</v>
       </c>
       <c r="B14" t="s">
-        <v>329</v>
+        <v>483</v>
       </c>
       <c r="C14" t="s">
-        <v>330</v>
+        <v>222</v>
       </c>
       <c r="D14" s="1">
-        <v>46006</v>
+        <v>45705</v>
       </c>
       <c r="E14" s="1">
-        <v>46340</v>
+        <v>46043</v>
       </c>
       <c r="F14" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>549345</v>
+        <v>569507</v>
       </c>
       <c r="B15" t="s">
-        <v>313</v>
+        <v>381</v>
       </c>
       <c r="C15" t="s">
-        <v>446</v>
+        <v>382</v>
       </c>
       <c r="D15" s="1">
-        <v>45748</v>
+        <v>46006</v>
       </c>
       <c r="E15" s="1">
-        <v>46112</v>
+        <v>46340</v>
       </c>
       <c r="F15" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>552424</v>
+        <v>569573</v>
       </c>
       <c r="B16" t="s">
-        <v>326</v>
+        <v>381</v>
       </c>
       <c r="C16" t="s">
-        <v>327</v>
+        <v>406</v>
       </c>
       <c r="D16" s="1">
-        <v>45782</v>
+        <v>45976</v>
       </c>
       <c r="E16" s="1">
-        <v>46086</v>
+        <v>46340</v>
       </c>
       <c r="F16" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>561284</v>
+        <v>569584</v>
       </c>
       <c r="B17" t="s">
-        <v>532</v>
+        <v>381</v>
       </c>
       <c r="C17" t="s">
-        <v>533</v>
+        <v>399</v>
       </c>
       <c r="D17" s="1">
-        <v>45884</v>
+        <v>45976</v>
       </c>
       <c r="E17" s="1">
-        <v>46024</v>
+        <v>46340</v>
       </c>
       <c r="F17" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>548277</v>
+        <v>549345</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
+        <v>364</v>
       </c>
       <c r="C18" t="s">
-        <v>82</v>
+        <v>511</v>
       </c>
       <c r="D18" s="1">
         <v>45748</v>
       </c>
       <c r="E18" s="1">
         <v>46112</v>
       </c>
       <c r="F18" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>544517</v>
+        <v>552424</v>
       </c>
       <c r="B19" t="s">
-        <v>416</v>
+        <v>378</v>
       </c>
       <c r="C19" t="s">
-        <v>417</v>
+        <v>379</v>
       </c>
       <c r="D19" s="1">
-        <v>45692</v>
+        <v>45782</v>
       </c>
       <c r="E19" s="1">
-        <v>46056</v>
+        <v>46086</v>
       </c>
       <c r="F19" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>545115</v>
+        <v>561284</v>
       </c>
       <c r="B20" t="s">
-        <v>275</v>
+        <v>605</v>
       </c>
       <c r="C20" t="s">
-        <v>276</v>
+        <v>606</v>
       </c>
       <c r="D20" s="1">
-        <v>45695</v>
+        <v>45884</v>
       </c>
       <c r="E20" s="1">
-        <v>46059</v>
+        <v>46024</v>
       </c>
       <c r="F20" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>570025</v>
+        <v>574636</v>
       </c>
       <c r="B21" t="s">
-        <v>275</v>
+        <v>334</v>
       </c>
       <c r="C21" t="s">
-        <v>276</v>
+        <v>335</v>
       </c>
       <c r="D21" s="1">
-        <v>46060</v>
+        <v>46095</v>
       </c>
       <c r="E21" s="1">
-        <v>46424</v>
+        <v>46326</v>
       </c>
       <c r="F21" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>551202</v>
+        <v>548277</v>
       </c>
       <c r="B22" t="s">
-        <v>310</v>
+        <v>95</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="D22" s="1">
         <v>45748</v>
       </c>
       <c r="E22" s="1">
         <v>46112</v>
       </c>
       <c r="F22" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>546004</v>
+        <v>544517</v>
       </c>
       <c r="B23" t="s">
-        <v>308</v>
+        <v>479</v>
       </c>
       <c r="C23" t="s">
-        <v>309</v>
+        <v>480</v>
       </c>
       <c r="D23" s="1">
-        <v>45748</v>
+        <v>45692</v>
       </c>
       <c r="E23" s="1">
-        <v>46112</v>
+        <v>46056</v>
       </c>
       <c r="F23" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>561247</v>
+        <v>545115</v>
       </c>
       <c r="B24" t="s">
-        <v>367</v>
+        <v>315</v>
       </c>
       <c r="C24" t="s">
-        <v>368</v>
+        <v>316</v>
       </c>
       <c r="D24" s="1">
-        <v>45883</v>
+        <v>45695</v>
       </c>
       <c r="E24" s="1">
-        <v>46247</v>
+        <v>46059</v>
       </c>
       <c r="F24" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>551617</v>
+        <v>570025</v>
       </c>
       <c r="B25" t="s">
-        <v>338</v>
+        <v>315</v>
       </c>
       <c r="C25" t="s">
-        <v>339</v>
+        <v>316</v>
       </c>
       <c r="D25" s="1">
-        <v>45790</v>
+        <v>46060</v>
       </c>
       <c r="E25" s="1">
-        <v>46154</v>
+        <v>46424</v>
       </c>
       <c r="F25" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>564455</v>
+        <v>551202</v>
       </c>
       <c r="B26" t="s">
-        <v>389</v>
+        <v>357</v>
       </c>
       <c r="C26" t="s">
-        <v>390</v>
+        <v>101</v>
       </c>
       <c r="D26" s="1">
-        <v>45931</v>
+        <v>45748</v>
       </c>
       <c r="E26" s="1">
-        <v>46295</v>
+        <v>46112</v>
       </c>
       <c r="F26" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>566640</v>
+        <v>546004</v>
       </c>
       <c r="B27" t="s">
-        <v>102</v>
+        <v>355</v>
       </c>
       <c r="C27" t="s">
-        <v>103</v>
+        <v>356</v>
       </c>
       <c r="D27" s="1">
-        <v>45934</v>
+        <v>45748</v>
       </c>
       <c r="E27" s="1">
-        <v>46142</v>
+        <v>46112</v>
       </c>
       <c r="F27" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>564179</v>
+        <v>572990</v>
       </c>
       <c r="B28" t="s">
-        <v>112</v>
+        <v>355</v>
       </c>
       <c r="C28" t="s">
-        <v>369</v>
+        <v>356</v>
       </c>
       <c r="D28" s="1">
-        <v>45902</v>
+        <v>46113</v>
       </c>
       <c r="E28" s="1">
-        <v>46266</v>
+        <v>46477</v>
       </c>
       <c r="F28" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>551752</v>
+        <v>561247</v>
       </c>
       <c r="B29" t="s">
-        <v>461</v>
+        <v>424</v>
       </c>
       <c r="C29" t="s">
-        <v>462</v>
+        <v>425</v>
       </c>
       <c r="D29" s="1">
-        <v>45796</v>
+        <v>45883</v>
       </c>
       <c r="E29" s="1">
-        <v>46160</v>
+        <v>46247</v>
       </c>
       <c r="F29" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>560228</v>
+        <v>551617</v>
       </c>
       <c r="B30" t="s">
-        <v>360</v>
+        <v>390</v>
       </c>
       <c r="C30" t="s">
-        <v>361</v>
+        <v>391</v>
       </c>
       <c r="D30" s="1">
-        <v>45869</v>
+        <v>45790</v>
       </c>
       <c r="E30" s="1">
-        <v>46233</v>
+        <v>46154</v>
       </c>
       <c r="F30" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>557525</v>
+        <v>564455</v>
       </c>
       <c r="B31" t="s">
-        <v>500</v>
+        <v>446</v>
       </c>
       <c r="C31" t="s">
-        <v>501</v>
+        <v>447</v>
       </c>
       <c r="D31" s="1">
-        <v>45839</v>
+        <v>45931</v>
       </c>
       <c r="E31" s="1">
-        <v>46203</v>
+        <v>46295</v>
       </c>
       <c r="F31" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>564249</v>
+        <v>552701</v>
       </c>
       <c r="B32" t="s">
-        <v>214</v>
+        <v>122</v>
       </c>
       <c r="C32" t="s">
-        <v>215</v>
+        <v>123</v>
       </c>
       <c r="D32" s="1">
-        <v>45931</v>
+        <v>45779</v>
       </c>
       <c r="E32" s="1">
-        <v>46295</v>
+        <v>46132</v>
       </c>
       <c r="F32" t="s">
-        <v>8</v>
+        <v>536</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>562482</v>
+        <v>566640</v>
       </c>
       <c r="B33" t="s">
-        <v>175</v>
+        <v>122</v>
       </c>
       <c r="C33" t="s">
-        <v>355</v>
+        <v>123</v>
       </c>
       <c r="D33" s="1">
-        <v>45905</v>
+        <v>45934</v>
       </c>
       <c r="E33" s="1">
-        <v>46269</v>
+        <v>46142</v>
       </c>
       <c r="F33" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>546458</v>
+        <v>564179</v>
       </c>
       <c r="B34" t="s">
-        <v>30</v>
+        <v>134</v>
       </c>
       <c r="C34" t="s">
-        <v>31</v>
+        <v>426</v>
       </c>
       <c r="D34" s="1">
-        <v>45748</v>
+        <v>45902</v>
       </c>
       <c r="E34" s="1">
-        <v>46112</v>
+        <v>46266</v>
       </c>
       <c r="F34" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>570320</v>
+        <v>551752</v>
       </c>
       <c r="B35" t="s">
-        <v>560</v>
+        <v>528</v>
       </c>
       <c r="C35" t="s">
-        <v>561</v>
+        <v>529</v>
       </c>
       <c r="D35" s="1">
-        <v>46030</v>
+        <v>45796</v>
       </c>
       <c r="E35" s="1">
-        <v>46393</v>
+        <v>46160</v>
       </c>
       <c r="F35" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>562973</v>
+        <v>560228</v>
       </c>
       <c r="B36" t="s">
-        <v>193</v>
+        <v>417</v>
       </c>
       <c r="C36" t="s">
-        <v>194</v>
+        <v>418</v>
       </c>
       <c r="D36" s="1">
-        <v>45915</v>
+        <v>45869</v>
       </c>
       <c r="E36" s="1">
-        <v>46279</v>
+        <v>46233</v>
       </c>
       <c r="F36" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>567449</v>
+        <v>557525</v>
       </c>
       <c r="B37" t="s">
-        <v>6</v>
+        <v>571</v>
       </c>
       <c r="C37" t="s">
-        <v>7</v>
+        <v>572</v>
       </c>
       <c r="D37" s="1">
-        <v>45978</v>
+        <v>45839</v>
       </c>
       <c r="E37" s="1">
-        <v>46342</v>
+        <v>46203</v>
       </c>
       <c r="F37" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>564592</v>
+        <v>575114</v>
       </c>
       <c r="B38" t="s">
-        <v>129</v>
+        <v>523</v>
       </c>
       <c r="C38" t="s">
-        <v>130</v>
+        <v>524</v>
       </c>
       <c r="D38" s="1">
-        <v>45931</v>
+        <v>46113</v>
       </c>
       <c r="E38" s="1">
-        <v>46173</v>
+        <v>46295</v>
       </c>
       <c r="F38" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>558878</v>
+        <v>564249</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>244</v>
       </c>
       <c r="C39" t="s">
-        <v>84</v>
+        <v>245</v>
       </c>
       <c r="D39" s="1">
-        <v>45870</v>
+        <v>45931</v>
       </c>
       <c r="E39" s="1">
-        <v>46234</v>
+        <v>46295</v>
       </c>
       <c r="F39" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>566468</v>
+        <v>562482</v>
       </c>
       <c r="B40" t="s">
-        <v>187</v>
+        <v>205</v>
       </c>
       <c r="C40" t="s">
-        <v>233</v>
+        <v>410</v>
       </c>
       <c r="D40" s="1">
-        <v>45930</v>
+        <v>45905</v>
       </c>
       <c r="E40" s="1">
-        <v>46294</v>
+        <v>46269</v>
       </c>
       <c r="F40" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>566481</v>
+        <v>546458</v>
       </c>
       <c r="B41" t="s">
-        <v>187</v>
+        <v>38</v>
       </c>
       <c r="C41" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="D41" s="1">
-        <v>45930</v>
+        <v>45748</v>
       </c>
       <c r="E41" s="1">
-        <v>46294</v>
+        <v>46112</v>
       </c>
       <c r="F41" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>567003</v>
+        <v>573680</v>
       </c>
       <c r="B42" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="C42" t="s">
-        <v>450</v>
+        <v>39</v>
       </c>
       <c r="D42" s="1">
-        <v>45962</v>
+        <v>46113</v>
       </c>
       <c r="E42" s="1">
-        <v>46112</v>
+        <v>46477</v>
       </c>
       <c r="F42" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>568611</v>
+        <v>570320</v>
       </c>
       <c r="B43" t="s">
-        <v>554</v>
+        <v>634</v>
       </c>
       <c r="C43" t="s">
-        <v>124</v>
+        <v>635</v>
       </c>
       <c r="D43" s="1">
-        <v>45985</v>
+        <v>46030</v>
       </c>
       <c r="E43" s="1">
-        <v>46349</v>
+        <v>46393</v>
       </c>
       <c r="F43" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>561165</v>
+        <v>562973</v>
       </c>
       <c r="B44" t="s">
-        <v>149</v>
+        <v>223</v>
       </c>
       <c r="C44" t="s">
-        <v>150</v>
+        <v>224</v>
       </c>
       <c r="D44" s="1">
-        <v>45909</v>
+        <v>45915</v>
       </c>
       <c r="E44" s="1">
-        <v>46273</v>
+        <v>46279</v>
       </c>
       <c r="F44" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>557654</v>
+        <v>567449</v>
       </c>
       <c r="B45" t="s">
-        <v>171</v>
+        <v>1</v>
       </c>
       <c r="C45" t="s">
-        <v>502</v>
+        <v>2</v>
       </c>
       <c r="D45" s="1">
-        <v>45839</v>
+        <v>45978</v>
       </c>
       <c r="E45" s="1">
-        <v>46203</v>
+        <v>46342</v>
       </c>
       <c r="F45" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>547240</v>
+        <v>564592</v>
       </c>
       <c r="B46" t="s">
-        <v>282</v>
+        <v>155</v>
       </c>
       <c r="C46" t="s">
-        <v>429</v>
+        <v>156</v>
       </c>
       <c r="D46" s="1">
-        <v>45748</v>
+        <v>45931</v>
       </c>
       <c r="E46" s="1">
-        <v>46112</v>
+        <v>46173</v>
       </c>
       <c r="F46" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>568799</v>
+        <v>558878</v>
       </c>
       <c r="B47" t="s">
-        <v>555</v>
+        <v>97</v>
       </c>
       <c r="C47" t="s">
-        <v>556</v>
+        <v>98</v>
       </c>
       <c r="D47" s="1">
-        <v>45987</v>
+        <v>45870</v>
       </c>
       <c r="E47" s="1">
-        <v>46351</v>
+        <v>46234</v>
       </c>
       <c r="F47" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>566101</v>
+        <v>566468</v>
       </c>
       <c r="B48" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>265</v>
       </c>
       <c r="D48" s="1">
-        <v>45960</v>
+        <v>45930</v>
       </c>
       <c r="E48" s="1">
-        <v>46295</v>
+        <v>46294</v>
       </c>
       <c r="F48" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>559077</v>
+        <v>566481</v>
       </c>
       <c r="B49" t="s">
-        <v>381</v>
+        <v>217</v>
       </c>
       <c r="C49" t="s">
-        <v>511</v>
+        <v>77</v>
       </c>
       <c r="D49" s="1">
-        <v>45877</v>
+        <v>45930</v>
       </c>
       <c r="E49" s="1">
-        <v>46241</v>
+        <v>46294</v>
       </c>
       <c r="F49" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>563095</v>
+        <v>567003</v>
       </c>
       <c r="B50" t="s">
-        <v>381</v>
+        <v>112</v>
       </c>
       <c r="C50" t="s">
-        <v>382</v>
+        <v>515</v>
       </c>
       <c r="D50" s="1">
-        <v>45914</v>
+        <v>45962</v>
       </c>
       <c r="E50" s="1">
-        <v>46278</v>
+        <v>46112</v>
       </c>
       <c r="F50" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>568217</v>
+        <v>568611</v>
       </c>
       <c r="B51" t="s">
-        <v>381</v>
+        <v>628</v>
       </c>
       <c r="C51" t="s">
-        <v>412</v>
+        <v>150</v>
       </c>
       <c r="D51" s="1">
-        <v>46000</v>
+        <v>45985</v>
       </c>
       <c r="E51" s="1">
-        <v>46364</v>
+        <v>46349</v>
       </c>
       <c r="F51" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>566436</v>
+        <v>561165</v>
       </c>
       <c r="B52" t="s">
-        <v>158</v>
+        <v>179</v>
       </c>
       <c r="C52" t="s">
-        <v>365</v>
+        <v>180</v>
       </c>
       <c r="D52" s="1">
-        <v>45954</v>
+        <v>45909</v>
       </c>
       <c r="E52" s="1">
-        <v>46136</v>
+        <v>46273</v>
       </c>
       <c r="F52" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>545160</v>
+        <v>557654</v>
       </c>
       <c r="B53" t="s">
-        <v>135</v>
+        <v>201</v>
       </c>
       <c r="C53" t="s">
-        <v>136</v>
+        <v>573</v>
       </c>
       <c r="D53" s="1">
-        <v>45695</v>
+        <v>45839</v>
       </c>
       <c r="E53" s="1">
-        <v>46059</v>
+        <v>46203</v>
       </c>
       <c r="F53" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>570027</v>
+        <v>547240</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>327</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>492</v>
       </c>
       <c r="D54" s="1">
-        <v>46060</v>
+        <v>45748</v>
       </c>
       <c r="E54" s="1">
-        <v>46424</v>
+        <v>46112</v>
       </c>
       <c r="F54" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>569753</v>
+        <v>568799</v>
       </c>
       <c r="B55" t="s">
-        <v>557</v>
+        <v>629</v>
       </c>
       <c r="C55" t="s">
-        <v>558</v>
+        <v>630</v>
       </c>
       <c r="D55" s="1">
-        <v>46007</v>
+        <v>45987</v>
       </c>
       <c r="E55" s="1">
-        <v>46371</v>
+        <v>46351</v>
       </c>
       <c r="F55" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>552569</v>
+        <v>566101</v>
       </c>
       <c r="B56" t="s">
-        <v>467</v>
+        <v>4</v>
       </c>
       <c r="C56" t="s">
-        <v>468</v>
+        <v>5</v>
       </c>
       <c r="D56" s="1">
-        <v>45797</v>
+        <v>45960</v>
       </c>
       <c r="E56" s="1">
-        <v>46161</v>
+        <v>46295</v>
       </c>
       <c r="F56" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>567752</v>
+        <v>559077</v>
       </c>
       <c r="B57" t="s">
-        <v>169</v>
+        <v>438</v>
       </c>
       <c r="C57" t="s">
-        <v>170</v>
+        <v>584</v>
       </c>
       <c r="D57" s="1">
-        <v>45972</v>
+        <v>45877</v>
       </c>
       <c r="E57" s="1">
-        <v>46336</v>
+        <v>46241</v>
       </c>
       <c r="F57" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>561283</v>
+        <v>563095</v>
       </c>
       <c r="B58" t="s">
-        <v>531</v>
+        <v>438</v>
       </c>
       <c r="C58" t="s">
-        <v>186</v>
+        <v>439</v>
       </c>
       <c r="D58" s="1">
-        <v>45882</v>
+        <v>45914</v>
       </c>
       <c r="E58" s="1">
-        <v>46246</v>
+        <v>46278</v>
       </c>
       <c r="F58" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>560526</v>
+        <v>568217</v>
       </c>
       <c r="B59" t="s">
-        <v>523</v>
+        <v>438</v>
       </c>
       <c r="C59" t="s">
-        <v>524</v>
+        <v>471</v>
       </c>
       <c r="D59" s="1">
-        <v>45873</v>
+        <v>46000</v>
       </c>
       <c r="E59" s="1">
-        <v>46237</v>
+        <v>46364</v>
       </c>
       <c r="F59" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>565741</v>
+        <v>566436</v>
       </c>
       <c r="B60" t="s">
-        <v>300</v>
+        <v>188</v>
       </c>
       <c r="C60" t="s">
-        <v>301</v>
+        <v>422</v>
       </c>
       <c r="D60" s="1">
-        <v>45955</v>
+        <v>45954</v>
       </c>
       <c r="E60" s="1">
-        <v>46081</v>
+        <v>46136</v>
       </c>
       <c r="F60" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>569168</v>
+        <v>545160</v>
       </c>
       <c r="B61" t="s">
-        <v>117</v>
+        <v>161</v>
       </c>
       <c r="C61" t="s">
-        <v>118</v>
+        <v>162</v>
       </c>
       <c r="D61" s="1">
-        <v>45992</v>
+        <v>45695</v>
       </c>
       <c r="E61" s="1">
-        <v>46173</v>
+        <v>46059</v>
       </c>
       <c r="F61" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>563809</v>
+        <v>570027</v>
       </c>
       <c r="B62" t="s">
-        <v>385</v>
+        <v>161</v>
       </c>
       <c r="C62" t="s">
-        <v>382</v>
+        <v>162</v>
       </c>
       <c r="D62" s="1">
-        <v>45932</v>
+        <v>46060</v>
       </c>
       <c r="E62" s="1">
-        <v>46296</v>
+        <v>46424</v>
       </c>
       <c r="F62" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>548286</v>
+        <v>569753</v>
       </c>
       <c r="B63" t="s">
-        <v>56</v>
+        <v>631</v>
       </c>
       <c r="C63" t="s">
-        <v>57</v>
+        <v>632</v>
       </c>
       <c r="D63" s="1">
-        <v>45774</v>
+        <v>46007</v>
       </c>
       <c r="E63" s="1">
-        <v>46138</v>
+        <v>46371</v>
       </c>
       <c r="F63" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>546453</v>
+        <v>575560</v>
       </c>
       <c r="B64" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="C64" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D64" s="1">
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="E64" s="1">
-        <v>46112</v>
+        <v>46295</v>
       </c>
       <c r="F64" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>567609</v>
+        <v>552569</v>
       </c>
       <c r="B65" t="s">
-        <v>296</v>
+        <v>534</v>
       </c>
       <c r="C65" t="s">
-        <v>297</v>
+        <v>535</v>
       </c>
       <c r="D65" s="1">
-        <v>45971</v>
+        <v>45797</v>
       </c>
       <c r="E65" s="1">
-        <v>46330</v>
+        <v>46161</v>
       </c>
       <c r="F65" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>562448</v>
+        <v>567752</v>
       </c>
       <c r="B66" t="s">
-        <v>218</v>
+        <v>199</v>
       </c>
       <c r="C66" t="s">
-        <v>219</v>
+        <v>200</v>
       </c>
       <c r="D66" s="1">
-        <v>45901</v>
+        <v>45972</v>
       </c>
       <c r="E66" s="1">
-        <v>46265</v>
+        <v>46336</v>
       </c>
       <c r="F66" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>548874</v>
+        <v>561283</v>
       </c>
       <c r="B67" t="s">
-        <v>52</v>
+        <v>604</v>
       </c>
       <c r="C67" t="s">
-        <v>53</v>
+        <v>216</v>
       </c>
       <c r="D67" s="1">
-        <v>45748</v>
+        <v>45882</v>
       </c>
       <c r="E67" s="1">
-        <v>46112</v>
+        <v>46246</v>
       </c>
       <c r="F67" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>546692</v>
+        <v>560526</v>
       </c>
       <c r="B68" t="s">
-        <v>66</v>
+        <v>596</v>
       </c>
       <c r="C68" t="s">
-        <v>267</v>
+        <v>597</v>
       </c>
       <c r="D68" s="1">
-        <v>45701</v>
+        <v>45873</v>
       </c>
       <c r="E68" s="1">
-        <v>46065</v>
+        <v>46237</v>
       </c>
       <c r="F68" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>551484</v>
+        <v>565741</v>
       </c>
       <c r="B69" t="s">
-        <v>66</v>
+        <v>347</v>
       </c>
       <c r="C69" t="s">
-        <v>67</v>
+        <v>348</v>
       </c>
       <c r="D69" s="1">
-        <v>45767</v>
+        <v>45955</v>
       </c>
       <c r="E69" s="1">
-        <v>46131</v>
+        <v>46081</v>
       </c>
       <c r="F69" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>554169</v>
+        <v>573371</v>
       </c>
       <c r="B70" t="s">
-        <v>66</v>
+        <v>347</v>
       </c>
       <c r="C70" t="s">
-        <v>141</v>
+        <v>348</v>
       </c>
       <c r="D70" s="1">
-        <v>45808</v>
+        <v>46082</v>
       </c>
       <c r="E70" s="1">
-        <v>46172</v>
+        <v>46142</v>
       </c>
       <c r="F70" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>559027</v>
+        <v>574920</v>
       </c>
       <c r="B71" t="s">
-        <v>66</v>
+        <v>246</v>
       </c>
       <c r="C71" t="s">
-        <v>208</v>
+        <v>247</v>
       </c>
       <c r="D71" s="1">
-        <v>45930</v>
+        <v>46097</v>
       </c>
       <c r="E71" s="1">
-        <v>46294</v>
+        <v>46320</v>
       </c>
       <c r="F71" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>547082</v>
+        <v>569168</v>
       </c>
       <c r="B72" t="s">
-        <v>19</v>
+        <v>143</v>
       </c>
       <c r="C72" t="s">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="D72" s="1">
-        <v>45718</v>
+        <v>45992</v>
       </c>
       <c r="E72" s="1">
-        <v>46082</v>
+        <v>46173</v>
       </c>
       <c r="F72" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>565637</v>
+        <v>573832</v>
       </c>
       <c r="B73" t="s">
-        <v>458</v>
+        <v>414</v>
       </c>
       <c r="C73" t="s">
-        <v>459</v>
+        <v>415</v>
       </c>
       <c r="D73" s="1">
-        <v>45943</v>
+        <v>46062</v>
       </c>
       <c r="E73" s="1">
-        <v>46125</v>
+        <v>46243</v>
       </c>
       <c r="F73" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>553296</v>
+        <v>575571</v>
       </c>
       <c r="B74" t="s">
-        <v>473</v>
+        <v>171</v>
       </c>
       <c r="C74" t="s">
-        <v>474</v>
+        <v>172</v>
       </c>
       <c r="D74" s="1">
-        <v>45806</v>
+        <v>46113</v>
       </c>
       <c r="E74" s="1">
-        <v>46170</v>
+        <v>46295</v>
       </c>
       <c r="F74" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>550839</v>
+        <v>563809</v>
       </c>
       <c r="B75" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="C75" t="s">
-        <v>453</v>
+        <v>439</v>
       </c>
       <c r="D75" s="1">
-        <v>45761</v>
+        <v>45932</v>
       </c>
       <c r="E75" s="1">
-        <v>46125</v>
+        <v>46296</v>
       </c>
       <c r="F75" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>550138</v>
+        <v>548286</v>
       </c>
       <c r="B76" t="s">
-        <v>451</v>
+        <v>64</v>
       </c>
       <c r="C76" t="s">
-        <v>374</v>
+        <v>65</v>
       </c>
       <c r="D76" s="1">
-        <v>45744</v>
+        <v>45774</v>
       </c>
       <c r="E76" s="1">
-        <v>46108</v>
+        <v>46138</v>
       </c>
       <c r="F76" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>546460</v>
+        <v>546453</v>
       </c>
       <c r="B77" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="C77" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D77" s="1">
         <v>45748</v>
       </c>
       <c r="E77" s="1">
         <v>46112</v>
       </c>
       <c r="F77" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>548868</v>
+        <v>573737</v>
       </c>
       <c r="B78" t="s">
-        <v>283</v>
+        <v>47</v>
       </c>
       <c r="C78" t="s">
-        <v>437</v>
+        <v>48</v>
       </c>
       <c r="D78" s="1">
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="E78" s="1">
-        <v>46112</v>
+        <v>46477</v>
       </c>
       <c r="F78" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>567014</v>
+        <v>572782</v>
       </c>
       <c r="B79" t="s">
-        <v>315</v>
+        <v>638</v>
       </c>
       <c r="C79" t="s">
-        <v>134</v>
+        <v>639</v>
       </c>
       <c r="D79" s="1">
-        <v>45962</v>
+        <v>46083</v>
       </c>
       <c r="E79" s="1">
-        <v>46053</v>
+        <v>46334</v>
       </c>
       <c r="F79" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>548880</v>
+        <v>567609</v>
       </c>
       <c r="B80" t="s">
-        <v>289</v>
+        <v>343</v>
       </c>
       <c r="C80" t="s">
-        <v>290</v>
+        <v>344</v>
       </c>
       <c r="D80" s="1">
-        <v>45745</v>
+        <v>45971</v>
       </c>
       <c r="E80" s="1">
-        <v>46109</v>
+        <v>46330</v>
       </c>
       <c r="F80" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>566221</v>
+        <v>562448</v>
       </c>
       <c r="B81" t="s">
-        <v>212</v>
+        <v>250</v>
       </c>
       <c r="C81" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="D81" s="1">
-        <v>45964</v>
+        <v>45901</v>
       </c>
       <c r="E81" s="1">
-        <v>46113</v>
+        <v>46265</v>
       </c>
       <c r="F81" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>562356</v>
+        <v>548874</v>
       </c>
       <c r="B82" t="s">
-        <v>247</v>
+        <v>60</v>
       </c>
       <c r="C82" t="s">
-        <v>248</v>
+        <v>61</v>
       </c>
       <c r="D82" s="1">
-        <v>45986</v>
+        <v>45748</v>
       </c>
       <c r="E82" s="1">
-        <v>46350</v>
+        <v>46112</v>
       </c>
       <c r="F82" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>548768</v>
+        <v>574892</v>
       </c>
       <c r="B83" t="s">
-        <v>434</v>
+        <v>60</v>
       </c>
       <c r="C83" t="s">
-        <v>435</v>
+        <v>61</v>
       </c>
       <c r="D83" s="1">
-        <v>45740</v>
+        <v>46113</v>
       </c>
       <c r="E83" s="1">
-        <v>46104</v>
+        <v>46477</v>
       </c>
       <c r="F83" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>563798</v>
+        <v>546692</v>
       </c>
       <c r="B84" t="s">
-        <v>291</v>
+        <v>78</v>
       </c>
       <c r="C84" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="D84" s="1">
-        <v>45932</v>
+        <v>45701</v>
       </c>
       <c r="E84" s="1">
-        <v>46296</v>
+        <v>46065</v>
       </c>
       <c r="F84" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>548795</v>
+        <v>551484</v>
       </c>
       <c r="B85" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C85" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D85" s="1">
-        <v>45718</v>
+        <v>45767</v>
       </c>
       <c r="E85" s="1">
-        <v>46082</v>
+        <v>46131</v>
       </c>
       <c r="F85" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>553944</v>
+        <v>554169</v>
       </c>
       <c r="B86" t="s">
-        <v>484</v>
+        <v>78</v>
       </c>
       <c r="C86" t="s">
-        <v>485</v>
+        <v>168</v>
       </c>
       <c r="D86" s="1">
-        <v>45818</v>
+        <v>45808</v>
       </c>
       <c r="E86" s="1">
-        <v>46182</v>
+        <v>46172</v>
       </c>
       <c r="F86" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>549346</v>
+        <v>559027</v>
       </c>
       <c r="B87" t="s">
-        <v>304</v>
+        <v>78</v>
       </c>
       <c r="C87" t="s">
-        <v>305</v>
+        <v>238</v>
       </c>
       <c r="D87" s="1">
-        <v>45748</v>
+        <v>45930</v>
       </c>
       <c r="E87" s="1">
-        <v>46111</v>
+        <v>46294</v>
       </c>
       <c r="F87" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>566665</v>
+        <v>572164</v>
       </c>
       <c r="B88" t="s">
-        <v>350</v>
+        <v>78</v>
       </c>
       <c r="C88" t="s">
-        <v>409</v>
+        <v>305</v>
       </c>
       <c r="D88" s="1">
-        <v>45962</v>
+        <v>46066</v>
       </c>
       <c r="E88" s="1">
-        <v>46142</v>
+        <v>46430</v>
       </c>
       <c r="F88" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>567733</v>
+        <v>547082</v>
       </c>
       <c r="B89" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="C89" t="s">
-        <v>359</v>
+        <v>18</v>
       </c>
       <c r="D89" s="1">
-        <v>45992</v>
+        <v>45718</v>
       </c>
       <c r="E89" s="1">
-        <v>46356</v>
+        <v>46082</v>
       </c>
       <c r="F89" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>553625</v>
+        <v>574803</v>
       </c>
       <c r="B90" t="s">
-        <v>139</v>
+        <v>17</v>
       </c>
       <c r="C90" t="s">
-        <v>140</v>
+        <v>18</v>
       </c>
       <c r="D90" s="1">
-        <v>45845</v>
+        <v>46083</v>
       </c>
       <c r="E90" s="1">
-        <v>46209</v>
+        <v>46447</v>
       </c>
       <c r="F90" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>558713</v>
+        <v>565637</v>
       </c>
       <c r="B91" t="s">
-        <v>161</v>
+        <v>525</v>
       </c>
       <c r="C91" t="s">
-        <v>162</v>
+        <v>526</v>
       </c>
       <c r="D91" s="1">
-        <v>45867</v>
+        <v>45943</v>
       </c>
       <c r="E91" s="1">
-        <v>46231</v>
+        <v>46125</v>
       </c>
       <c r="F91" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>550723</v>
+        <v>553296</v>
       </c>
       <c r="B92" t="s">
-        <v>265</v>
+        <v>543</v>
       </c>
       <c r="C92" t="s">
-        <v>266</v>
+        <v>544</v>
       </c>
       <c r="D92" s="1">
-        <v>45748</v>
+        <v>45806</v>
       </c>
       <c r="E92" s="1">
-        <v>46112</v>
+        <v>46170</v>
       </c>
       <c r="F92" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>566643</v>
+        <v>574077</v>
       </c>
       <c r="B93" t="s">
-        <v>14</v>
+        <v>645</v>
       </c>
       <c r="C93" t="s">
-        <v>15</v>
+        <v>646</v>
       </c>
       <c r="D93" s="1">
-        <v>45958</v>
+        <v>46087</v>
       </c>
       <c r="E93" s="1">
-        <v>46112</v>
+        <v>46424</v>
       </c>
       <c r="F93" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>551754</v>
+        <v>550839</v>
       </c>
       <c r="B94" t="s">
-        <v>463</v>
+        <v>517</v>
       </c>
       <c r="C94" t="s">
-        <v>464</v>
+        <v>518</v>
       </c>
       <c r="D94" s="1">
-        <v>45768</v>
+        <v>45761</v>
       </c>
       <c r="E94" s="1">
-        <v>46027</v>
+        <v>46125</v>
       </c>
       <c r="F94" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>568101</v>
+        <v>550138</v>
       </c>
       <c r="B95" t="s">
-        <v>271</v>
+        <v>516</v>
       </c>
       <c r="C95" t="s">
-        <v>272</v>
+        <v>431</v>
       </c>
       <c r="D95" s="1">
-        <v>46019</v>
+        <v>45744</v>
       </c>
       <c r="E95" s="1">
-        <v>46383</v>
+        <v>46108</v>
       </c>
       <c r="F95" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>567300</v>
+        <v>546460</v>
       </c>
       <c r="B96" t="s">
-        <v>163</v>
+        <v>49</v>
       </c>
       <c r="C96" t="s">
-        <v>164</v>
+        <v>50</v>
       </c>
       <c r="D96" s="1">
-        <v>45965</v>
+        <v>45748</v>
       </c>
       <c r="E96" s="1">
-        <v>46329</v>
+        <v>46112</v>
       </c>
       <c r="F96" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>555513</v>
+        <v>548868</v>
       </c>
       <c r="B97" t="s">
-        <v>306</v>
+        <v>328</v>
       </c>
       <c r="C97" t="s">
-        <v>307</v>
+        <v>500</v>
       </c>
       <c r="D97" s="1">
-        <v>45812</v>
+        <v>45748</v>
       </c>
       <c r="E97" s="1">
-        <v>46176</v>
+        <v>46112</v>
       </c>
       <c r="F97" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>545126</v>
+        <v>573753</v>
       </c>
       <c r="B98" t="s">
-        <v>277</v>
+        <v>328</v>
       </c>
       <c r="C98" t="s">
-        <v>278</v>
+        <v>500</v>
       </c>
       <c r="D98" s="1">
-        <v>45695</v>
+        <v>46113</v>
       </c>
       <c r="E98" s="1">
-        <v>46059</v>
+        <v>46477</v>
       </c>
       <c r="F98" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>570032</v>
+        <v>567014</v>
       </c>
       <c r="B99" t="s">
-        <v>277</v>
+        <v>366</v>
       </c>
       <c r="C99" t="s">
-        <v>278</v>
+        <v>160</v>
       </c>
       <c r="D99" s="1">
-        <v>46060</v>
+        <v>45962</v>
       </c>
       <c r="E99" s="1">
-        <v>46424</v>
+        <v>46053</v>
       </c>
       <c r="F99" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>567992</v>
+        <v>548880</v>
       </c>
       <c r="B100" t="s">
-        <v>211</v>
+        <v>336</v>
       </c>
       <c r="C100" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="D100" s="1">
-        <v>45931</v>
+        <v>45745</v>
       </c>
       <c r="E100" s="1">
-        <v>46112</v>
+        <v>46109</v>
       </c>
       <c r="F100" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>570971</v>
+        <v>566221</v>
       </c>
       <c r="B101" t="s">
-        <v>509</v>
+        <v>242</v>
       </c>
       <c r="C101" t="s">
-        <v>510</v>
+        <v>243</v>
       </c>
       <c r="D101" s="1">
-        <v>46023</v>
+        <v>45964</v>
       </c>
       <c r="E101" s="1">
-        <v>46112</v>
+        <v>46113</v>
       </c>
       <c r="F101" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>552970</v>
+        <v>562356</v>
       </c>
       <c r="B102" t="s">
-        <v>471</v>
+        <v>282</v>
       </c>
       <c r="C102" t="s">
-        <v>472</v>
+        <v>283</v>
       </c>
       <c r="D102" s="1">
-        <v>45807</v>
+        <v>45986</v>
       </c>
       <c r="E102" s="1">
-        <v>46171</v>
+        <v>46350</v>
       </c>
       <c r="F102" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>546265</v>
+        <v>548768</v>
       </c>
       <c r="B103" t="s">
-        <v>270</v>
+        <v>497</v>
       </c>
       <c r="C103" t="s">
-        <v>427</v>
+        <v>498</v>
       </c>
       <c r="D103" s="1">
-        <v>45748</v>
+        <v>45740</v>
       </c>
       <c r="E103" s="1">
-        <v>46112</v>
+        <v>46104</v>
       </c>
       <c r="F103" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>549561</v>
+        <v>563798</v>
       </c>
       <c r="B104" t="s">
-        <v>188</v>
+        <v>338</v>
       </c>
       <c r="C104" t="s">
-        <v>189</v>
+        <v>339</v>
       </c>
       <c r="D104" s="1">
-        <v>45736</v>
+        <v>45932</v>
       </c>
       <c r="E104" s="1">
-        <v>46100</v>
+        <v>46296</v>
       </c>
       <c r="F104" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>562778</v>
+        <v>548795</v>
       </c>
       <c r="B105" t="s">
-        <v>232</v>
+        <v>85</v>
       </c>
       <c r="C105" t="s">
-        <v>384</v>
+        <v>86</v>
       </c>
       <c r="D105" s="1">
-        <v>45931</v>
+        <v>45718</v>
       </c>
       <c r="E105" s="1">
-        <v>46295</v>
+        <v>46082</v>
       </c>
       <c r="F105" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>567744</v>
+        <v>553944</v>
       </c>
       <c r="B106" t="s">
-        <v>225</v>
+        <v>555</v>
       </c>
       <c r="C106" t="s">
-        <v>226</v>
+        <v>556</v>
       </c>
       <c r="D106" s="1">
-        <v>45973</v>
+        <v>45818</v>
       </c>
       <c r="E106" s="1">
-        <v>46337</v>
+        <v>46182</v>
       </c>
       <c r="F106" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>546297</v>
+        <v>549346</v>
       </c>
       <c r="B107" t="s">
-        <v>32</v>
+        <v>351</v>
       </c>
       <c r="C107" t="s">
-        <v>33</v>
+        <v>352</v>
       </c>
       <c r="D107" s="1">
         <v>45748</v>
       </c>
       <c r="E107" s="1">
-        <v>46112</v>
+        <v>46111</v>
       </c>
       <c r="F107" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>549279</v>
+        <v>566665</v>
       </c>
       <c r="B108" t="s">
-        <v>97</v>
+        <v>405</v>
       </c>
       <c r="C108" t="s">
-        <v>98</v>
+        <v>468</v>
       </c>
       <c r="D108" s="1">
-        <v>45736</v>
+        <v>45962</v>
       </c>
       <c r="E108" s="1">
-        <v>46100</v>
+        <v>46142</v>
       </c>
       <c r="F108" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>549177</v>
+        <v>567733</v>
       </c>
       <c r="B109" t="s">
-        <v>34</v>
+        <v>148</v>
       </c>
       <c r="C109" t="s">
-        <v>35</v>
+        <v>416</v>
       </c>
       <c r="D109" s="1">
-        <v>45748</v>
+        <v>45992</v>
       </c>
       <c r="E109" s="1">
-        <v>46112</v>
+        <v>46356</v>
       </c>
       <c r="F109" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>546528</v>
+        <v>553625</v>
       </c>
       <c r="B110" t="s">
-        <v>36</v>
+        <v>165</v>
       </c>
       <c r="C110" t="s">
-        <v>37</v>
+        <v>166</v>
       </c>
       <c r="D110" s="1">
-        <v>45748</v>
+        <v>45845</v>
       </c>
       <c r="E110" s="1">
-        <v>46112</v>
+        <v>46209</v>
       </c>
       <c r="F110" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>546408</v>
+        <v>558713</v>
       </c>
       <c r="B111" t="s">
-        <v>71</v>
+        <v>191</v>
       </c>
       <c r="C111" t="s">
-        <v>72</v>
+        <v>192</v>
       </c>
       <c r="D111" s="1">
-        <v>45748</v>
+        <v>45867</v>
       </c>
       <c r="E111" s="1">
-        <v>46112</v>
+        <v>46231</v>
       </c>
       <c r="F111" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>550901</v>
+        <v>550723</v>
       </c>
       <c r="B112" t="s">
-        <v>455</v>
+        <v>303</v>
       </c>
       <c r="C112" t="s">
-        <v>456</v>
+        <v>304</v>
       </c>
       <c r="D112" s="1">
-        <v>45787</v>
+        <v>45748</v>
       </c>
       <c r="E112" s="1">
-        <v>46151</v>
+        <v>46112</v>
       </c>
       <c r="F112" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>563990</v>
+        <v>566643</v>
       </c>
       <c r="B113" t="s">
-        <v>542</v>
+        <v>10</v>
       </c>
       <c r="C113" t="s">
-        <v>543</v>
+        <v>11</v>
       </c>
       <c r="D113" s="1">
-        <v>45931</v>
+        <v>45958</v>
       </c>
       <c r="E113" s="1">
         <v>46112</v>
       </c>
       <c r="F113" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>561648</v>
+        <v>573965</v>
       </c>
       <c r="B114" t="s">
-        <v>137</v>
+        <v>30</v>
       </c>
       <c r="C114" t="s">
-        <v>138</v>
+        <v>31</v>
       </c>
       <c r="D114" s="1">
-        <v>45890</v>
+        <v>46129</v>
       </c>
       <c r="E114" s="1">
-        <v>46254</v>
+        <v>46307</v>
       </c>
       <c r="F114" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>566113</v>
+        <v>574371</v>
       </c>
       <c r="B115" t="s">
-        <v>68</v>
+        <v>459</v>
       </c>
       <c r="C115" t="s">
-        <v>69</v>
+        <v>460</v>
       </c>
       <c r="D115" s="1">
-        <v>45950</v>
+        <v>46068</v>
       </c>
       <c r="E115" s="1">
-        <v>46314</v>
+        <v>46432</v>
       </c>
       <c r="F115" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>561149</v>
+        <v>551754</v>
       </c>
       <c r="B116" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C116" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D116" s="1">
-        <v>45904</v>
+        <v>45768</v>
       </c>
       <c r="E116" s="1">
-        <v>46268</v>
+        <v>46027</v>
       </c>
       <c r="F116" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>560443</v>
+        <v>568101</v>
       </c>
       <c r="B117" t="s">
-        <v>366</v>
+        <v>311</v>
       </c>
       <c r="C117" t="s">
-        <v>520</v>
+        <v>312</v>
       </c>
       <c r="D117" s="1">
-        <v>45871</v>
+        <v>46019</v>
       </c>
       <c r="E117" s="1">
-        <v>46235</v>
+        <v>46383</v>
       </c>
       <c r="F117" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>563988</v>
+        <v>567300</v>
       </c>
       <c r="B118" t="s">
-        <v>432</v>
+        <v>193</v>
       </c>
       <c r="C118" t="s">
-        <v>433</v>
+        <v>194</v>
       </c>
       <c r="D118" s="1">
-        <v>45932</v>
+        <v>45965</v>
       </c>
       <c r="E118" s="1">
-        <v>46296</v>
+        <v>46329</v>
       </c>
       <c r="F118" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>553404</v>
+        <v>555513</v>
       </c>
       <c r="B119" t="s">
-        <v>335</v>
+        <v>353</v>
       </c>
       <c r="C119" t="s">
-        <v>336</v>
+        <v>354</v>
       </c>
       <c r="D119" s="1">
-        <v>45786</v>
+        <v>45812</v>
       </c>
       <c r="E119" s="1">
-        <v>46150</v>
+        <v>46176</v>
       </c>
       <c r="F119" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>568093</v>
+        <v>545126</v>
       </c>
       <c r="B120" t="s">
-        <v>113</v>
+        <v>317</v>
       </c>
       <c r="C120" t="s">
-        <v>551</v>
+        <v>318</v>
       </c>
       <c r="D120" s="1">
-        <v>45931</v>
+        <v>45695</v>
       </c>
       <c r="E120" s="1">
-        <v>46295</v>
+        <v>46059</v>
       </c>
       <c r="F120" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>566095</v>
+        <v>570032</v>
       </c>
       <c r="B121" t="s">
-        <v>295</v>
+        <v>317</v>
       </c>
       <c r="C121" t="s">
-        <v>146</v>
+        <v>318</v>
       </c>
       <c r="D121" s="1">
-        <v>45962</v>
+        <v>46060</v>
       </c>
       <c r="E121" s="1">
-        <v>46112</v>
+        <v>46424</v>
       </c>
       <c r="F121" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>549997</v>
+        <v>567992</v>
       </c>
       <c r="B122" t="s">
-        <v>386</v>
+        <v>241</v>
       </c>
       <c r="C122" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="D122" s="1">
-        <v>45741</v>
+        <v>45931</v>
       </c>
       <c r="E122" s="1">
-        <v>46105</v>
+        <v>46112</v>
       </c>
       <c r="F122" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>566562</v>
+        <v>570971</v>
       </c>
       <c r="B123" t="s">
-        <v>386</v>
+        <v>582</v>
       </c>
       <c r="C123" t="s">
-        <v>387</v>
+        <v>583</v>
       </c>
       <c r="D123" s="1">
-        <v>45955</v>
+        <v>46023</v>
       </c>
       <c r="E123" s="1">
-        <v>46319</v>
+        <v>46112</v>
       </c>
       <c r="F123" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>568053</v>
+        <v>552970</v>
       </c>
       <c r="B124" t="s">
-        <v>229</v>
+        <v>541</v>
       </c>
       <c r="C124" t="s">
-        <v>230</v>
+        <v>542</v>
       </c>
       <c r="D124" s="1">
-        <v>45975</v>
+        <v>45807</v>
       </c>
       <c r="E124" s="1">
-        <v>46339</v>
+        <v>46171</v>
       </c>
       <c r="F124" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>568304</v>
+        <v>546265</v>
       </c>
       <c r="B125" t="s">
-        <v>220</v>
+        <v>308</v>
       </c>
       <c r="C125" t="s">
-        <v>221</v>
+        <v>490</v>
       </c>
       <c r="D125" s="1">
-        <v>45980</v>
+        <v>45748</v>
       </c>
       <c r="E125" s="1">
         <v>46112</v>
       </c>
       <c r="F125" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>570220</v>
+        <v>574353</v>
       </c>
       <c r="B126" t="s">
-        <v>430</v>
+        <v>308</v>
       </c>
       <c r="C126" t="s">
-        <v>431</v>
+        <v>490</v>
       </c>
       <c r="D126" s="1">
-        <v>46143</v>
+        <v>46113</v>
       </c>
       <c r="E126" s="1">
-        <v>46295</v>
+        <v>46477</v>
       </c>
       <c r="F126" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>566089</v>
+        <v>549561</v>
       </c>
       <c r="B127" t="s">
-        <v>377</v>
+        <v>218</v>
       </c>
       <c r="C127" t="s">
-        <v>378</v>
+        <v>219</v>
       </c>
       <c r="D127" s="1">
-        <v>45946</v>
+        <v>45736</v>
       </c>
       <c r="E127" s="1">
-        <v>46310</v>
+        <v>46100</v>
       </c>
       <c r="F127" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>569963</v>
+        <v>562778</v>
       </c>
       <c r="B128" t="s">
-        <v>153</v>
+        <v>264</v>
       </c>
       <c r="C128" t="s">
-        <v>154</v>
+        <v>441</v>
       </c>
       <c r="D128" s="1">
-        <v>46002</v>
+        <v>45931</v>
       </c>
       <c r="E128" s="1">
-        <v>46091</v>
+        <v>46295</v>
       </c>
       <c r="F128" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>548785</v>
+        <v>567744</v>
       </c>
       <c r="B129" t="s">
-        <v>410</v>
+        <v>257</v>
       </c>
       <c r="C129" t="s">
-        <v>411</v>
+        <v>258</v>
       </c>
       <c r="D129" s="1">
-        <v>45748</v>
+        <v>45973</v>
       </c>
       <c r="E129" s="1">
-        <v>46112</v>
+        <v>46337</v>
       </c>
       <c r="F129" t="s">
-        <v>436</v>
+        <v>3</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>551614</v>
+        <v>546297</v>
       </c>
       <c r="B130" t="s">
-        <v>204</v>
+        <v>40</v>
       </c>
       <c r="C130" t="s">
-        <v>205</v>
+        <v>41</v>
       </c>
       <c r="D130" s="1">
-        <v>45782</v>
+        <v>45748</v>
       </c>
       <c r="E130" s="1">
-        <v>46146</v>
+        <v>46112</v>
       </c>
       <c r="F130" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>568772</v>
+        <v>573755</v>
       </c>
       <c r="B131" t="s">
-        <v>147</v>
+        <v>40</v>
       </c>
       <c r="C131" t="s">
-        <v>148</v>
+        <v>41</v>
       </c>
       <c r="D131" s="1">
-        <v>45986</v>
+        <v>46113</v>
       </c>
       <c r="E131" s="1">
-        <v>46112</v>
+        <v>46477</v>
       </c>
       <c r="F131" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>565471</v>
+        <v>549279</v>
       </c>
       <c r="B132" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="C132" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="D132" s="1">
-        <v>45957</v>
+        <v>45736</v>
       </c>
       <c r="E132" s="1">
-        <v>46094</v>
+        <v>46100</v>
       </c>
       <c r="F132" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>559196</v>
+        <v>549177</v>
       </c>
       <c r="B133" t="s">
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="C133" t="s">
-        <v>157</v>
+        <v>43</v>
       </c>
       <c r="D133" s="1">
-        <v>45857</v>
+        <v>45748</v>
       </c>
       <c r="E133" s="1">
-        <v>46041</v>
+        <v>46112</v>
       </c>
       <c r="F133" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>560151</v>
+        <v>575655</v>
       </c>
       <c r="B134" t="s">
-        <v>167</v>
+        <v>102</v>
       </c>
       <c r="C134" t="s">
-        <v>168</v>
+        <v>103</v>
       </c>
       <c r="D134" s="1">
-        <v>45859</v>
+        <v>46087</v>
       </c>
       <c r="E134" s="1">
-        <v>46223</v>
+        <v>46327</v>
       </c>
       <c r="F134" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>547646</v>
+        <v>546528</v>
       </c>
       <c r="B135" t="s">
-        <v>263</v>
+        <v>44</v>
       </c>
       <c r="C135" t="s">
-        <v>264</v>
+        <v>45</v>
       </c>
       <c r="D135" s="1">
-        <v>45717</v>
+        <v>45748</v>
       </c>
       <c r="E135" s="1">
-        <v>46081</v>
+        <v>46112</v>
       </c>
       <c r="F135" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>555230</v>
+        <v>573791</v>
       </c>
       <c r="B136" t="s">
-        <v>493</v>
+        <v>44</v>
       </c>
       <c r="C136" t="s">
-        <v>494</v>
+        <v>45</v>
       </c>
       <c r="D136" s="1">
-        <v>45810</v>
+        <v>46113</v>
       </c>
       <c r="E136" s="1">
-        <v>46174</v>
+        <v>46477</v>
       </c>
       <c r="F136" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>554560</v>
+        <v>575099</v>
       </c>
       <c r="B137" t="s">
-        <v>333</v>
+        <v>360</v>
       </c>
       <c r="C137" t="s">
-        <v>334</v>
+        <v>361</v>
       </c>
       <c r="D137" s="1">
-        <v>45784</v>
+        <v>46113</v>
       </c>
       <c r="E137" s="1">
-        <v>46148</v>
+        <v>46295</v>
       </c>
       <c r="F137" t="s">
-        <v>18</v>
+        <v>263</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>545061</v>
+        <v>546408</v>
       </c>
       <c r="B138" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="C138" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="D138" s="1">
-        <v>45695</v>
+        <v>45748</v>
       </c>
       <c r="E138" s="1">
-        <v>46059</v>
+        <v>46112</v>
       </c>
       <c r="F138" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>570012</v>
+        <v>573749</v>
       </c>
       <c r="B139" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="C139" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="D139" s="1">
-        <v>46060</v>
+        <v>46113</v>
       </c>
       <c r="E139" s="1">
-        <v>46424</v>
+        <v>46477</v>
       </c>
       <c r="F139" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>558873</v>
+        <v>550901</v>
       </c>
       <c r="B140" t="s">
-        <v>142</v>
+        <v>520</v>
       </c>
       <c r="C140" t="s">
-        <v>143</v>
+        <v>521</v>
       </c>
       <c r="D140" s="1">
-        <v>45854</v>
+        <v>45787</v>
       </c>
       <c r="E140" s="1">
-        <v>46218</v>
+        <v>46151</v>
       </c>
       <c r="F140" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>546640</v>
+        <v>563990</v>
       </c>
       <c r="B141" t="s">
-        <v>12</v>
+        <v>615</v>
       </c>
       <c r="C141" t="s">
-        <v>13</v>
+        <v>616</v>
       </c>
       <c r="D141" s="1">
-        <v>45717</v>
+        <v>45931</v>
       </c>
       <c r="E141" s="1">
-        <v>46081</v>
+        <v>46112</v>
       </c>
       <c r="F141" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>568135</v>
+        <v>561648</v>
       </c>
       <c r="B142" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="C142" t="s">
-        <v>199</v>
+        <v>164</v>
       </c>
       <c r="D142" s="1">
-        <v>45980</v>
+        <v>45890</v>
       </c>
       <c r="E142" s="1">
-        <v>46343</v>
+        <v>46254</v>
       </c>
       <c r="F142" t="s">
-        <v>231</v>
+        <v>263</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>564914</v>
+        <v>566113</v>
       </c>
       <c r="B143" t="s">
-        <v>174</v>
+        <v>80</v>
       </c>
       <c r="C143" t="s">
-        <v>318</v>
+        <v>81</v>
       </c>
       <c r="D143" s="1">
-        <v>45947</v>
+        <v>45950</v>
       </c>
       <c r="E143" s="1">
-        <v>46128</v>
+        <v>46314</v>
       </c>
       <c r="F143" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>567707</v>
+        <v>573946</v>
       </c>
       <c r="B144" t="s">
-        <v>184</v>
+        <v>393</v>
       </c>
       <c r="C144" t="s">
-        <v>185</v>
+        <v>394</v>
       </c>
       <c r="D144" s="1">
-        <v>45971</v>
+        <v>46097</v>
       </c>
       <c r="E144" s="1">
-        <v>46112</v>
+        <v>46461</v>
       </c>
       <c r="F144" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>558623</v>
+        <v>561149</v>
       </c>
       <c r="B145" t="s">
-        <v>508</v>
+        <v>602</v>
       </c>
       <c r="C145" t="s">
-        <v>354</v>
+        <v>603</v>
       </c>
       <c r="D145" s="1">
-        <v>45849</v>
+        <v>45904</v>
       </c>
       <c r="E145" s="1">
-        <v>46213</v>
+        <v>46268</v>
       </c>
       <c r="F145" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>565632</v>
+        <v>560443</v>
       </c>
       <c r="B146" t="s">
-        <v>393</v>
+        <v>423</v>
       </c>
       <c r="C146" t="s">
-        <v>394</v>
+        <v>593</v>
       </c>
       <c r="D146" s="1">
-        <v>45951</v>
+        <v>45871</v>
       </c>
       <c r="E146" s="1">
-        <v>46315</v>
+        <v>46235</v>
       </c>
       <c r="F146" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>559829</v>
+        <v>574452</v>
       </c>
       <c r="B147" t="s">
-        <v>516</v>
+        <v>649</v>
       </c>
       <c r="C147" t="s">
-        <v>517</v>
+        <v>384</v>
       </c>
       <c r="D147" s="1">
-        <v>45864</v>
+        <v>46104</v>
       </c>
       <c r="E147" s="1">
-        <v>46048</v>
+        <v>46292</v>
       </c>
       <c r="F147" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>567815</v>
+        <v>563988</v>
       </c>
       <c r="B148" t="s">
-        <v>516</v>
+        <v>495</v>
       </c>
       <c r="C148" t="s">
-        <v>517</v>
+        <v>496</v>
       </c>
       <c r="D148" s="1">
-        <v>46047</v>
+        <v>45932</v>
       </c>
       <c r="E148" s="1">
-        <v>46388</v>
+        <v>46296</v>
       </c>
       <c r="F148" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>565271</v>
+        <v>553404</v>
       </c>
       <c r="B149" t="s">
-        <v>133</v>
+        <v>387</v>
       </c>
       <c r="C149" t="s">
-        <v>404</v>
+        <v>388</v>
       </c>
       <c r="D149" s="1">
-        <v>45944</v>
+        <v>45786</v>
       </c>
       <c r="E149" s="1">
-        <v>46090</v>
+        <v>46150</v>
       </c>
       <c r="F149" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>545150</v>
+        <v>568093</v>
       </c>
       <c r="B150" t="s">
-        <v>279</v>
+        <v>139</v>
       </c>
       <c r="C150" t="s">
-        <v>280</v>
+        <v>625</v>
       </c>
       <c r="D150" s="1">
-        <v>45695</v>
+        <v>45931</v>
       </c>
       <c r="E150" s="1">
-        <v>46059</v>
+        <v>46295</v>
       </c>
       <c r="F150" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>570023</v>
+        <v>575650</v>
       </c>
       <c r="B151" t="s">
-        <v>279</v>
+        <v>580</v>
       </c>
       <c r="C151" t="s">
-        <v>280</v>
+        <v>581</v>
       </c>
       <c r="D151" s="1">
-        <v>46060</v>
+        <v>46085</v>
       </c>
       <c r="E151" s="1">
-        <v>46424</v>
+        <v>46329</v>
       </c>
       <c r="F151" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>554065</v>
+        <v>566095</v>
       </c>
       <c r="B152" t="s">
-        <v>486</v>
+        <v>342</v>
       </c>
       <c r="C152" t="s">
-        <v>487</v>
+        <v>175</v>
       </c>
       <c r="D152" s="1">
-        <v>45798</v>
+        <v>45962</v>
       </c>
       <c r="E152" s="1">
-        <v>46162</v>
+        <v>46112</v>
       </c>
       <c r="F152" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>559579</v>
+        <v>549997</v>
       </c>
       <c r="B153" t="s">
-        <v>514</v>
+        <v>443</v>
       </c>
       <c r="C153" t="s">
-        <v>515</v>
+        <v>445</v>
       </c>
       <c r="D153" s="1">
-        <v>45862</v>
+        <v>45741</v>
       </c>
       <c r="E153" s="1">
-        <v>46197</v>
+        <v>46105</v>
       </c>
       <c r="F153" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>551040</v>
+        <v>566562</v>
       </c>
       <c r="B154" t="s">
-        <v>90</v>
+        <v>443</v>
       </c>
       <c r="C154" t="s">
-        <v>91</v>
+        <v>444</v>
       </c>
       <c r="D154" s="1">
-        <v>45809</v>
+        <v>45955</v>
       </c>
       <c r="E154" s="1">
-        <v>46173</v>
+        <v>46319</v>
       </c>
       <c r="F154" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>564540</v>
+        <v>568053</v>
       </c>
       <c r="B155" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="C155" t="s">
-        <v>209</v>
+        <v>262</v>
       </c>
       <c r="D155" s="1">
-        <v>45931</v>
+        <v>45975</v>
       </c>
       <c r="E155" s="1">
-        <v>46142</v>
+        <v>46339</v>
       </c>
       <c r="F155" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>553153</v>
+        <v>568304</v>
       </c>
       <c r="B156" t="s">
-        <v>11</v>
+        <v>252</v>
       </c>
       <c r="C156" t="s">
-        <v>337</v>
+        <v>253</v>
       </c>
       <c r="D156" s="1">
-        <v>45786</v>
+        <v>45980</v>
       </c>
       <c r="E156" s="1">
-        <v>46149</v>
+        <v>46112</v>
       </c>
       <c r="F156" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>565278</v>
+        <v>570220</v>
       </c>
       <c r="B157" t="s">
-        <v>43</v>
+        <v>493</v>
       </c>
       <c r="C157" t="s">
-        <v>251</v>
+        <v>494</v>
       </c>
       <c r="D157" s="1">
-        <v>45931</v>
+        <v>46143</v>
       </c>
       <c r="E157" s="1">
-        <v>46081</v>
+        <v>46295</v>
       </c>
       <c r="F157" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>550889</v>
+        <v>566089</v>
       </c>
       <c r="B158" t="s">
-        <v>121</v>
+        <v>434</v>
       </c>
       <c r="C158" t="s">
-        <v>454</v>
+        <v>435</v>
       </c>
       <c r="D158" s="1">
-        <v>45748</v>
+        <v>45946</v>
       </c>
       <c r="E158" s="1">
-        <v>46112</v>
+        <v>46310</v>
       </c>
       <c r="F158" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>564472</v>
+        <v>569963</v>
       </c>
       <c r="B159" t="s">
-        <v>254</v>
+        <v>183</v>
       </c>
       <c r="C159" t="s">
-        <v>255</v>
+        <v>184</v>
       </c>
       <c r="D159" s="1">
-        <v>45931</v>
+        <v>46002</v>
       </c>
       <c r="E159" s="1">
-        <v>46112</v>
+        <v>46091</v>
       </c>
       <c r="F159" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>555217</v>
+        <v>548785</v>
       </c>
       <c r="B160" t="s">
-        <v>492</v>
+        <v>469</v>
       </c>
       <c r="C160" t="s">
-        <v>353</v>
+        <v>470</v>
       </c>
       <c r="D160" s="1">
-        <v>45808</v>
+        <v>45748</v>
       </c>
       <c r="E160" s="1">
-        <v>46172</v>
+        <v>46112</v>
       </c>
       <c r="F160" t="s">
-        <v>8</v>
+        <v>499</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>544413</v>
+        <v>551614</v>
       </c>
       <c r="B161" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C161" t="s">
-        <v>260</v>
+        <v>235</v>
       </c>
       <c r="D161" s="1">
-        <v>45688</v>
+        <v>45782</v>
       </c>
       <c r="E161" s="1">
-        <v>46052</v>
+        <v>46146</v>
       </c>
       <c r="F161" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>568145</v>
+        <v>568772</v>
       </c>
       <c r="B162" t="s">
-        <v>239</v>
+        <v>177</v>
       </c>
       <c r="C162" t="s">
-        <v>240</v>
+        <v>178</v>
       </c>
       <c r="D162" s="1">
-        <v>45977</v>
+        <v>45986</v>
       </c>
       <c r="E162" s="1">
-        <v>46341</v>
+        <v>46112</v>
       </c>
       <c r="F162" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>553159</v>
+        <v>565471</v>
       </c>
       <c r="B163" t="s">
-        <v>316</v>
+        <v>12</v>
       </c>
       <c r="C163" t="s">
-        <v>317</v>
+        <v>13</v>
       </c>
       <c r="D163" s="1">
-        <v>45785</v>
+        <v>45957</v>
       </c>
       <c r="E163" s="1">
-        <v>46149</v>
+        <v>46094</v>
       </c>
       <c r="F163" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>561650</v>
+        <v>559196</v>
       </c>
       <c r="B164" t="s">
-        <v>206</v>
+        <v>186</v>
       </c>
       <c r="C164" t="s">
-        <v>207</v>
+        <v>187</v>
       </c>
       <c r="D164" s="1">
-        <v>45901</v>
+        <v>45857</v>
       </c>
       <c r="E164" s="1">
-        <v>46265</v>
+        <v>46041</v>
       </c>
       <c r="F164" t="s">
-        <v>536</v>
+        <v>3</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>564126</v>
+        <v>560151</v>
       </c>
       <c r="B165" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="C165" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="D165" s="1">
-        <v>45931</v>
+        <v>45859</v>
       </c>
       <c r="E165" s="1">
-        <v>46295</v>
+        <v>46223</v>
       </c>
       <c r="F165" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>549293</v>
+        <v>547646</v>
       </c>
       <c r="B166" t="s">
-        <v>195</v>
+        <v>301</v>
       </c>
       <c r="C166" t="s">
-        <v>196</v>
+        <v>302</v>
       </c>
       <c r="D166" s="1">
-        <v>45735</v>
+        <v>45717</v>
       </c>
       <c r="E166" s="1">
-        <v>46099</v>
+        <v>46081</v>
       </c>
       <c r="F166" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>567504</v>
+        <v>574992</v>
       </c>
       <c r="B167" t="s">
-        <v>235</v>
+        <v>301</v>
       </c>
       <c r="C167" t="s">
-        <v>236</v>
+        <v>302</v>
       </c>
       <c r="D167" s="1">
-        <v>45968</v>
+        <v>46082</v>
       </c>
       <c r="E167" s="1">
-        <v>46112</v>
+        <v>46446</v>
       </c>
       <c r="F167" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>554193</v>
+        <v>572825</v>
       </c>
       <c r="B168" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
       <c r="C168" t="s">
-        <v>489</v>
+        <v>506</v>
       </c>
       <c r="D168" s="1">
-        <v>45818</v>
+        <v>46062</v>
       </c>
       <c r="E168" s="1">
-        <v>46182</v>
+        <v>46132</v>
       </c>
       <c r="F168" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>552419</v>
+        <v>555230</v>
       </c>
       <c r="B169" t="s">
-        <v>319</v>
+        <v>564</v>
       </c>
       <c r="C169" t="s">
-        <v>123</v>
+        <v>565</v>
       </c>
       <c r="D169" s="1">
-        <v>45814</v>
+        <v>45810</v>
       </c>
       <c r="E169" s="1">
-        <v>46178</v>
+        <v>46174</v>
       </c>
       <c r="F169" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>566579</v>
+        <v>564260</v>
       </c>
       <c r="B170" t="s">
-        <v>546</v>
+        <v>358</v>
       </c>
       <c r="C170" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="D170" s="1">
-        <v>45975</v>
+        <v>45931</v>
       </c>
       <c r="E170" s="1">
-        <v>46156</v>
+        <v>46112</v>
       </c>
       <c r="F170" t="s">
-        <v>8</v>
+        <v>609</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>565842</v>
+        <v>574076</v>
       </c>
       <c r="B171" t="s">
-        <v>406</v>
+        <v>358</v>
       </c>
       <c r="C171" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>45946</v>
+        <v>359</v>
+      </c>
+      <c r="D171" t="s">
+        <v>644</v>
       </c>
       <c r="E171" s="1">
-        <v>46310</v>
+        <v>46326</v>
       </c>
       <c r="F171" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>566076</v>
+        <v>554560</v>
       </c>
       <c r="B172" t="s">
-        <v>479</v>
+        <v>385</v>
       </c>
       <c r="C172" t="s">
-        <v>545</v>
+        <v>386</v>
       </c>
       <c r="D172" s="1">
-        <v>45946</v>
+        <v>45784</v>
       </c>
       <c r="E172" s="1">
-        <v>46158</v>
+        <v>46148</v>
       </c>
       <c r="F172" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>558315</v>
+        <v>545061</v>
       </c>
       <c r="B173" t="s">
-        <v>507</v>
+        <v>113</v>
       </c>
       <c r="C173" t="s">
-        <v>340</v>
+        <v>114</v>
       </c>
       <c r="D173" s="1">
-        <v>45798</v>
+        <v>45695</v>
       </c>
       <c r="E173" s="1">
-        <v>46162</v>
+        <v>46059</v>
       </c>
       <c r="F173" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>567599</v>
+        <v>570012</v>
       </c>
       <c r="B174" t="s">
-        <v>375</v>
+        <v>113</v>
       </c>
       <c r="C174" t="s">
-        <v>376</v>
+        <v>114</v>
       </c>
       <c r="D174" s="1">
-        <v>45971</v>
+        <v>46060</v>
       </c>
       <c r="E174" s="1">
-        <v>46335</v>
+        <v>46424</v>
       </c>
       <c r="F174" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>553620</v>
+        <v>558873</v>
       </c>
       <c r="B175" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="C175" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="D175" s="1">
-        <v>45792</v>
+        <v>45854</v>
       </c>
       <c r="E175" s="1">
-        <v>46156</v>
+        <v>46218</v>
       </c>
       <c r="F175" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>550908</v>
+        <v>546640</v>
       </c>
       <c r="B176" t="s">
-        <v>457</v>
+        <v>7</v>
       </c>
       <c r="C176" t="s">
-        <v>383</v>
+        <v>8</v>
       </c>
       <c r="D176" s="1">
-        <v>45750</v>
+        <v>45717</v>
       </c>
       <c r="E176" s="1">
-        <v>46114</v>
+        <v>46081</v>
       </c>
       <c r="F176" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>553845</v>
+        <v>575368</v>
       </c>
       <c r="B177" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="C177" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="D177" s="1">
-        <v>45832</v>
+        <v>46113</v>
       </c>
       <c r="E177" s="1">
-        <v>46196</v>
+        <v>46295</v>
       </c>
       <c r="F177" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>560624</v>
+        <v>574368</v>
       </c>
       <c r="B178" t="s">
-        <v>525</v>
+        <v>93</v>
       </c>
       <c r="C178" t="s">
-        <v>526</v>
+        <v>94</v>
       </c>
       <c r="D178" s="1">
-        <v>45871</v>
+        <v>46174</v>
       </c>
       <c r="E178" s="1">
-        <v>46235</v>
+        <v>46295</v>
       </c>
       <c r="F178" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>563950</v>
+        <v>564914</v>
       </c>
       <c r="B179" t="s">
-        <v>379</v>
+        <v>204</v>
       </c>
       <c r="C179" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="D179" s="1">
-        <v>45919</v>
+        <v>45947</v>
       </c>
       <c r="E179" s="1">
-        <v>46142</v>
+        <v>46128</v>
       </c>
       <c r="F179" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>568258</v>
+        <v>568135</v>
       </c>
       <c r="B180" t="s">
-        <v>357</v>
+        <v>204</v>
       </c>
       <c r="C180" t="s">
-        <v>552</v>
+        <v>229</v>
       </c>
       <c r="D180" s="1">
-        <v>45979</v>
+        <v>45980</v>
       </c>
       <c r="E180" s="1">
         <v>46343</v>
       </c>
       <c r="F180" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>569109</v>
+        <v>567707</v>
       </c>
       <c r="B181" t="s">
-        <v>357</v>
+        <v>214</v>
       </c>
       <c r="C181" t="s">
-        <v>358</v>
+        <v>215</v>
       </c>
       <c r="D181" s="1">
-        <v>45990</v>
+        <v>45971</v>
       </c>
       <c r="E181" s="1">
-        <v>46354</v>
+        <v>46112</v>
       </c>
       <c r="F181" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>546665</v>
+        <v>558623</v>
       </c>
       <c r="B182" t="s">
-        <v>268</v>
+        <v>579</v>
       </c>
       <c r="C182" t="s">
-        <v>269</v>
+        <v>409</v>
       </c>
       <c r="D182" s="1">
-        <v>45698</v>
+        <v>45849</v>
       </c>
       <c r="E182" s="1">
-        <v>46054</v>
+        <v>46213</v>
       </c>
       <c r="F182" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>553419</v>
+        <v>565632</v>
       </c>
       <c r="B183" t="s">
-        <v>475</v>
+        <v>450</v>
       </c>
       <c r="C183" t="s">
-        <v>476</v>
+        <v>451</v>
       </c>
       <c r="D183" s="1">
-        <v>45787</v>
+        <v>45951</v>
       </c>
       <c r="E183" s="1">
-        <v>46151</v>
+        <v>46315</v>
       </c>
       <c r="F183" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>563896</v>
+        <v>574800</v>
       </c>
       <c r="B184" t="s">
-        <v>328</v>
+        <v>650</v>
       </c>
       <c r="C184" t="s">
-        <v>234</v>
+        <v>651</v>
       </c>
       <c r="D184" s="1">
-        <v>45918</v>
+        <v>46113</v>
       </c>
       <c r="E184" s="1">
-        <v>46082</v>
+        <v>46296</v>
       </c>
       <c r="F184" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>570024</v>
+        <v>559829</v>
       </c>
       <c r="B185" t="s">
-        <v>108</v>
+        <v>589</v>
       </c>
       <c r="C185" t="s">
-        <v>109</v>
+        <v>590</v>
       </c>
       <c r="D185" s="1">
-        <v>46006</v>
+        <v>45864</v>
       </c>
       <c r="E185" s="1">
-        <v>46142</v>
+        <v>46048</v>
       </c>
       <c r="F185" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>564743</v>
+        <v>567815</v>
       </c>
       <c r="B186" t="s">
-        <v>400</v>
+        <v>589</v>
       </c>
       <c r="C186" t="s">
-        <v>401</v>
+        <v>590</v>
       </c>
       <c r="D186" s="1">
-        <v>45968</v>
+        <v>46047</v>
       </c>
       <c r="E186" s="1">
-        <v>46332</v>
+        <v>46388</v>
       </c>
       <c r="F186" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>569966</v>
+        <v>565271</v>
       </c>
       <c r="B187" t="s">
-        <v>210</v>
+        <v>159</v>
       </c>
       <c r="C187" t="s">
-        <v>559</v>
+        <v>463</v>
       </c>
       <c r="D187" s="1">
-        <v>46006</v>
+        <v>45944</v>
       </c>
       <c r="E187" s="1">
-        <v>46037</v>
+        <v>46090</v>
       </c>
       <c r="F187" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>558183</v>
+        <v>545150</v>
       </c>
       <c r="B188" t="s">
-        <v>505</v>
+        <v>319</v>
       </c>
       <c r="C188" t="s">
-        <v>506</v>
+        <v>320</v>
       </c>
       <c r="D188" s="1">
-        <v>45862</v>
+        <v>45695</v>
       </c>
       <c r="E188" s="1">
-        <v>46226</v>
+        <v>46059</v>
       </c>
       <c r="F188" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>549825</v>
+        <v>570023</v>
       </c>
       <c r="B189" t="s">
-        <v>159</v>
+        <v>319</v>
       </c>
       <c r="C189" t="s">
-        <v>160</v>
+        <v>320</v>
       </c>
       <c r="D189" s="1">
-        <v>45748</v>
+        <v>46060</v>
       </c>
       <c r="E189" s="1">
-        <v>46112</v>
+        <v>46424</v>
       </c>
       <c r="F189" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>550896</v>
+        <v>574994</v>
       </c>
       <c r="B190" t="s">
-        <v>119</v>
+        <v>653</v>
       </c>
       <c r="C190" t="s">
-        <v>120</v>
+        <v>654</v>
       </c>
       <c r="D190" s="1">
-        <v>45748</v>
+        <v>46081</v>
       </c>
       <c r="E190" s="1">
-        <v>46112</v>
+        <v>46113</v>
       </c>
       <c r="F190" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>549313</v>
+        <v>554065</v>
       </c>
       <c r="B191" t="s">
-        <v>445</v>
+        <v>557</v>
       </c>
       <c r="C191" t="s">
-        <v>259</v>
+        <v>558</v>
       </c>
       <c r="D191" s="1">
-        <v>45755</v>
+        <v>45798</v>
       </c>
       <c r="E191" s="1">
-        <v>46089</v>
+        <v>46162</v>
       </c>
       <c r="F191" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>559476</v>
+        <v>571882</v>
       </c>
       <c r="B192" t="s">
-        <v>512</v>
+        <v>275</v>
       </c>
       <c r="C192" t="s">
-        <v>513</v>
+        <v>276</v>
       </c>
       <c r="D192" s="1">
-        <v>45887</v>
+        <v>46023</v>
       </c>
       <c r="E192" s="1">
-        <v>46251</v>
+        <v>46387</v>
       </c>
       <c r="F192" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>548877</v>
+        <v>559579</v>
       </c>
       <c r="B193" t="s">
-        <v>438</v>
+        <v>587</v>
       </c>
       <c r="C193" t="s">
-        <v>21</v>
+        <v>588</v>
       </c>
       <c r="D193" s="1">
-        <v>45748</v>
+        <v>45862</v>
       </c>
       <c r="E193" s="1">
-        <v>46112</v>
+        <v>46197</v>
       </c>
       <c r="F193" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>571007</v>
+        <v>551040</v>
       </c>
       <c r="B194" t="s">
-        <v>324</v>
+        <v>108</v>
       </c>
       <c r="C194" t="s">
-        <v>325</v>
+        <v>109</v>
       </c>
       <c r="D194" s="1">
-        <v>46027</v>
+        <v>45809</v>
       </c>
       <c r="E194" s="1">
-        <v>46391</v>
+        <v>46173</v>
       </c>
       <c r="F194" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>570225</v>
+        <v>564540</v>
       </c>
       <c r="B195" t="s">
-        <v>423</v>
+        <v>326</v>
       </c>
       <c r="C195" t="s">
-        <v>424</v>
+        <v>239</v>
       </c>
       <c r="D195" s="1">
-        <v>46023</v>
+        <v>45931</v>
       </c>
       <c r="E195" s="1">
-        <v>46357</v>
+        <v>46142</v>
       </c>
       <c r="F195" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>566980</v>
+        <v>553153</v>
       </c>
       <c r="B196" t="s">
-        <v>362</v>
+        <v>6</v>
       </c>
       <c r="C196" t="s">
-        <v>363</v>
+        <v>389</v>
       </c>
       <c r="D196" s="1">
-        <v>45963</v>
+        <v>45786</v>
       </c>
       <c r="E196" s="1">
-        <v>46327</v>
+        <v>46149</v>
       </c>
       <c r="F196" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>546411</v>
+        <v>565278</v>
       </c>
       <c r="B197" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C197" t="s">
-        <v>47</v>
+        <v>286</v>
       </c>
       <c r="D197" s="1">
-        <v>45748</v>
+        <v>45931</v>
       </c>
       <c r="E197" s="1">
-        <v>46112</v>
+        <v>46081</v>
       </c>
       <c r="F197" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>547388</v>
+        <v>574658</v>
       </c>
       <c r="B198" t="s">
-        <v>341</v>
+        <v>51</v>
       </c>
       <c r="C198" t="s">
-        <v>342</v>
+        <v>286</v>
       </c>
       <c r="D198" s="1">
-        <v>45740</v>
+        <v>46082</v>
       </c>
       <c r="E198" s="1">
-        <v>46104</v>
+        <v>46142</v>
       </c>
       <c r="F198" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>551101</v>
+        <v>550889</v>
       </c>
       <c r="B199" t="s">
-        <v>85</v>
+        <v>147</v>
       </c>
       <c r="C199" t="s">
-        <v>86</v>
+        <v>519</v>
       </c>
       <c r="D199" s="1">
-        <v>45759</v>
+        <v>45748</v>
       </c>
       <c r="E199" s="1">
-        <v>46123</v>
+        <v>46112</v>
       </c>
       <c r="F199" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>560618</v>
+        <v>564472</v>
       </c>
       <c r="B200" t="s">
-        <v>521</v>
+        <v>292</v>
       </c>
       <c r="C200" t="s">
-        <v>522</v>
+        <v>293</v>
       </c>
       <c r="D200" s="1">
-        <v>45874</v>
+        <v>45931</v>
       </c>
       <c r="E200" s="1">
-        <v>46238</v>
+        <v>46112</v>
       </c>
       <c r="F200" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>558142</v>
+        <v>555217</v>
       </c>
       <c r="B201" t="s">
-        <v>503</v>
+        <v>563</v>
       </c>
       <c r="C201" t="s">
-        <v>504</v>
+        <v>408</v>
       </c>
       <c r="D201" s="1">
-        <v>45863</v>
+        <v>45808</v>
       </c>
       <c r="E201" s="1">
-        <v>46045</v>
+        <v>46172</v>
       </c>
       <c r="F201" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>564588</v>
+        <v>544413</v>
       </c>
       <c r="B202" t="s">
-        <v>24</v>
+        <v>271</v>
       </c>
       <c r="C202" t="s">
-        <v>25</v>
+        <v>298</v>
       </c>
       <c r="D202" s="1">
-        <v>45658</v>
+        <v>45688</v>
       </c>
       <c r="E202" s="1">
-        <v>46112</v>
+        <v>46052</v>
       </c>
       <c r="F202" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>566989</v>
+        <v>568145</v>
       </c>
       <c r="B203" t="s">
-        <v>252</v>
+        <v>271</v>
       </c>
       <c r="C203" t="s">
-        <v>116</v>
+        <v>272</v>
       </c>
       <c r="D203" s="1">
-        <v>45963</v>
+        <v>45977</v>
       </c>
       <c r="E203" s="1">
-        <v>46147</v>
+        <v>46341</v>
       </c>
       <c r="F203" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>556075</v>
+        <v>553159</v>
       </c>
       <c r="B204" t="s">
-        <v>131</v>
+        <v>368</v>
       </c>
       <c r="C204" t="s">
-        <v>132</v>
+        <v>369</v>
       </c>
       <c r="D204" s="1">
-        <v>45839</v>
+        <v>45785</v>
       </c>
       <c r="E204" s="1">
-        <v>46203</v>
+        <v>46149</v>
       </c>
       <c r="F204" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>555219</v>
+        <v>561650</v>
       </c>
       <c r="B205" t="s">
-        <v>144</v>
+        <v>236</v>
       </c>
       <c r="C205" t="s">
-        <v>145</v>
+        <v>237</v>
       </c>
       <c r="D205" s="1">
-        <v>45809</v>
+        <v>45901</v>
       </c>
       <c r="E205" s="1">
-        <v>46173</v>
+        <v>46265</v>
       </c>
       <c r="F205" t="s">
-        <v>8</v>
+        <v>609</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>566725</v>
+        <v>564126</v>
       </c>
       <c r="B206" t="s">
-        <v>144</v>
+        <v>236</v>
       </c>
       <c r="C206" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="D206" s="1">
-        <v>45959</v>
+        <v>45931</v>
       </c>
       <c r="E206" s="1">
-        <v>46323</v>
+        <v>46295</v>
       </c>
       <c r="F206" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>565030</v>
+        <v>573220</v>
       </c>
       <c r="B207" t="s">
-        <v>440</v>
+        <v>640</v>
       </c>
       <c r="C207" t="s">
-        <v>441</v>
+        <v>641</v>
       </c>
       <c r="D207" s="1">
-        <v>45950</v>
+        <v>46057</v>
       </c>
       <c r="E207" s="1">
-        <v>46314</v>
+        <v>46421</v>
       </c>
       <c r="F207" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>559834</v>
+        <v>549293</v>
       </c>
       <c r="B208" t="s">
-        <v>518</v>
+        <v>225</v>
       </c>
       <c r="C208" t="s">
-        <v>519</v>
+        <v>226</v>
       </c>
       <c r="D208" s="1">
-        <v>45885</v>
+        <v>45735</v>
       </c>
       <c r="E208" s="1">
-        <v>46249</v>
+        <v>46099</v>
       </c>
       <c r="F208" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>564655</v>
+        <v>567504</v>
       </c>
       <c r="B209" t="s">
-        <v>370</v>
+        <v>267</v>
       </c>
       <c r="C209" t="s">
-        <v>371</v>
+        <v>268</v>
       </c>
       <c r="D209" s="1">
-        <v>45748</v>
+        <v>45968</v>
       </c>
       <c r="E209" s="1">
-        <v>46194</v>
+        <v>46112</v>
       </c>
       <c r="F209" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>555263</v>
+        <v>554193</v>
       </c>
       <c r="B210" t="s">
-        <v>286</v>
+        <v>559</v>
       </c>
       <c r="C210" t="s">
-        <v>287</v>
+        <v>560</v>
       </c>
       <c r="D210" s="1">
-        <v>45811</v>
+        <v>45818</v>
       </c>
       <c r="E210" s="1">
-        <v>46175</v>
+        <v>46182</v>
       </c>
       <c r="F210" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>544966</v>
+        <v>552419</v>
       </c>
       <c r="B211" t="s">
-        <v>418</v>
+        <v>371</v>
       </c>
       <c r="C211" t="s">
-        <v>419</v>
+        <v>149</v>
       </c>
       <c r="D211" s="1">
-        <v>45695</v>
+        <v>45814</v>
       </c>
       <c r="E211" s="1">
-        <v>46059</v>
+        <v>46178</v>
       </c>
       <c r="F211" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>553657</v>
+        <v>571334</v>
       </c>
       <c r="B212" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C212" t="s">
         <v>478</v>
       </c>
       <c r="D212" s="1">
-        <v>45803</v>
+        <v>46023</v>
       </c>
       <c r="E212" s="1">
-        <v>46167</v>
+        <v>46387</v>
       </c>
       <c r="F212" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>566569</v>
+        <v>566579</v>
       </c>
       <c r="B213" t="s">
-        <v>356</v>
+        <v>620</v>
       </c>
       <c r="C213" t="s">
-        <v>70</v>
+        <v>404</v>
       </c>
       <c r="D213" s="1">
-        <v>45957</v>
+        <v>45975</v>
       </c>
       <c r="E213" s="1">
-        <v>46168</v>
+        <v>46156</v>
       </c>
       <c r="F213" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>567310</v>
+        <v>565842</v>
       </c>
       <c r="B214" t="s">
-        <v>447</v>
+        <v>465</v>
       </c>
       <c r="C214" t="s">
-        <v>101</v>
+        <v>466</v>
       </c>
       <c r="D214" s="1">
-        <v>45965</v>
+        <v>45946</v>
       </c>
       <c r="E214" s="1">
-        <v>46026</v>
+        <v>46310</v>
       </c>
       <c r="F214" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>554891</v>
+        <v>566076</v>
       </c>
       <c r="B215" t="s">
-        <v>490</v>
+        <v>549</v>
       </c>
       <c r="C215" t="s">
-        <v>491</v>
+        <v>619</v>
       </c>
       <c r="D215" s="1">
-        <v>45827</v>
+        <v>45946</v>
       </c>
       <c r="E215" s="1">
-        <v>46191</v>
+        <v>46158</v>
       </c>
       <c r="F215" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>553829</v>
+        <v>558315</v>
       </c>
       <c r="B216" t="s">
-        <v>480</v>
+        <v>578</v>
       </c>
       <c r="C216" t="s">
-        <v>481</v>
+        <v>392</v>
       </c>
       <c r="D216" s="1">
-        <v>45794</v>
+        <v>45798</v>
       </c>
       <c r="E216" s="1">
-        <v>46158</v>
+        <v>46162</v>
       </c>
       <c r="F216" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>560725</v>
+        <v>567599</v>
       </c>
       <c r="B217" t="s">
-        <v>302</v>
+        <v>432</v>
       </c>
       <c r="C217" t="s">
-        <v>303</v>
+        <v>433</v>
       </c>
       <c r="D217" s="1">
-        <v>45877</v>
+        <v>45971</v>
       </c>
       <c r="E217" s="1">
-        <v>46241</v>
+        <v>46335</v>
       </c>
       <c r="F217" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>562564</v>
+        <v>553620</v>
       </c>
       <c r="B218" t="s">
-        <v>540</v>
+        <v>140</v>
       </c>
       <c r="C218" t="s">
-        <v>541</v>
+        <v>141</v>
       </c>
       <c r="D218" s="1">
-        <v>45931</v>
+        <v>45792</v>
       </c>
       <c r="E218" s="1">
-        <v>46295</v>
+        <v>46156</v>
       </c>
       <c r="F218" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>556324</v>
+        <v>575547</v>
       </c>
       <c r="B219" t="s">
-        <v>165</v>
+        <v>106</v>
       </c>
       <c r="C219" t="s">
-        <v>166</v>
+        <v>107</v>
       </c>
       <c r="D219" s="1">
-        <v>45839</v>
+        <v>46114</v>
       </c>
       <c r="E219" s="1">
-        <v>46203</v>
+        <v>46300</v>
       </c>
       <c r="F219" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>566381</v>
+        <v>574242</v>
       </c>
       <c r="B220" t="s">
-        <v>125</v>
+        <v>647</v>
       </c>
       <c r="C220" t="s">
-        <v>126</v>
+        <v>648</v>
       </c>
       <c r="D220" s="1">
-        <v>45952</v>
+        <v>46113</v>
       </c>
       <c r="E220" s="1">
-        <v>46316</v>
+        <v>46477</v>
       </c>
       <c r="F220" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>556367</v>
+        <v>550908</v>
       </c>
       <c r="B221" t="s">
-        <v>495</v>
+        <v>522</v>
       </c>
       <c r="C221" t="s">
-        <v>496</v>
+        <v>440</v>
       </c>
       <c r="D221" s="1">
-        <v>45870</v>
+        <v>45750</v>
       </c>
       <c r="E221" s="1">
-        <v>46234</v>
+        <v>46114</v>
       </c>
       <c r="F221" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>552331</v>
+        <v>553845</v>
       </c>
       <c r="B222" t="s">
-        <v>293</v>
+        <v>553</v>
       </c>
       <c r="C222" t="s">
-        <v>294</v>
+        <v>554</v>
       </c>
       <c r="D222" s="1">
-        <v>45748</v>
+        <v>45832</v>
       </c>
       <c r="E222" s="1">
-        <v>46112</v>
+        <v>46196</v>
       </c>
       <c r="F222" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>562326</v>
+        <v>560624</v>
       </c>
       <c r="B223" t="s">
-        <v>222</v>
+        <v>598</v>
       </c>
       <c r="C223" t="s">
-        <v>223</v>
+        <v>599</v>
       </c>
       <c r="D223" s="1">
-        <v>45942</v>
+        <v>45871</v>
       </c>
       <c r="E223" s="1">
-        <v>46306</v>
+        <v>46235</v>
       </c>
       <c r="F223" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>551044</v>
+        <v>563950</v>
       </c>
       <c r="B224" t="s">
-        <v>320</v>
+        <v>436</v>
       </c>
       <c r="C224" t="s">
-        <v>321</v>
+        <v>437</v>
       </c>
       <c r="D224" s="1">
-        <v>45793</v>
+        <v>45919</v>
       </c>
       <c r="E224" s="1">
-        <v>46157</v>
+        <v>46142</v>
       </c>
       <c r="F224" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>545192</v>
+        <v>568258</v>
       </c>
       <c r="B225" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
       <c r="C225" t="s">
-        <v>422</v>
+        <v>626</v>
       </c>
       <c r="D225" s="1">
-        <v>45677</v>
+        <v>45979</v>
       </c>
       <c r="E225" s="1">
-        <v>46041</v>
+        <v>46343</v>
       </c>
       <c r="F225" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>556195</v>
+        <v>569109</v>
       </c>
       <c r="B226" t="s">
-        <v>190</v>
+        <v>412</v>
       </c>
       <c r="C226" t="s">
-        <v>191</v>
+        <v>413</v>
       </c>
       <c r="D226" s="1">
-        <v>45887</v>
+        <v>45990</v>
       </c>
       <c r="E226" s="1">
-        <v>46251</v>
+        <v>46354</v>
       </c>
       <c r="F226" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>561596</v>
+        <v>546665</v>
       </c>
       <c r="B227" t="s">
-        <v>415</v>
+        <v>306</v>
       </c>
       <c r="C227" t="s">
-        <v>224</v>
+        <v>307</v>
       </c>
       <c r="D227" s="1">
-        <v>45931</v>
+        <v>45698</v>
       </c>
       <c r="E227" s="1">
-        <v>46295</v>
+        <v>46054</v>
       </c>
       <c r="F227" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>557072</v>
+        <v>574073</v>
       </c>
       <c r="B228" t="s">
-        <v>498</v>
+        <v>306</v>
       </c>
       <c r="C228" t="s">
-        <v>499</v>
+        <v>307</v>
       </c>
       <c r="D228" s="1">
-        <v>45859</v>
+        <v>46064</v>
       </c>
       <c r="E228" s="1">
-        <v>46041</v>
+        <v>46428</v>
       </c>
       <c r="F228" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>561084</v>
+        <v>553419</v>
       </c>
       <c r="B229" t="s">
-        <v>527</v>
+        <v>545</v>
       </c>
       <c r="C229" t="s">
-        <v>528</v>
+        <v>546</v>
       </c>
       <c r="D229" s="1">
-        <v>45882</v>
+        <v>45787</v>
       </c>
       <c r="E229" s="1">
-        <v>46246</v>
+        <v>46151</v>
       </c>
       <c r="F229" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>564414</v>
+        <v>563896</v>
       </c>
       <c r="B230" t="s">
-        <v>243</v>
+        <v>380</v>
       </c>
       <c r="C230" t="s">
-        <v>244</v>
+        <v>266</v>
       </c>
       <c r="D230" s="1">
-        <v>45930</v>
+        <v>45918</v>
       </c>
       <c r="E230" s="1">
-        <v>46294</v>
+        <v>46082</v>
       </c>
       <c r="F230" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>564101</v>
+        <v>570024</v>
       </c>
       <c r="B231" t="s">
-        <v>202</v>
+        <v>130</v>
       </c>
       <c r="C231" t="s">
-        <v>203</v>
+        <v>131</v>
       </c>
       <c r="D231" s="1">
-        <v>45925</v>
+        <v>46006</v>
       </c>
       <c r="E231" s="1">
-        <v>46105</v>
+        <v>46142</v>
       </c>
       <c r="F231" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>562851</v>
+        <v>564743</v>
       </c>
       <c r="B232" t="s">
-        <v>92</v>
+        <v>457</v>
       </c>
       <c r="C232" t="s">
-        <v>93</v>
+        <v>458</v>
       </c>
       <c r="D232" s="1">
-        <v>45915</v>
+        <v>45968</v>
       </c>
       <c r="E232" s="1">
-        <v>46112</v>
+        <v>46332</v>
       </c>
       <c r="F232" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>567325</v>
+        <v>569966</v>
       </c>
       <c r="B233" t="s">
-        <v>547</v>
+        <v>240</v>
       </c>
       <c r="C233" t="s">
-        <v>548</v>
+        <v>633</v>
       </c>
       <c r="D233" s="1">
-        <v>45999</v>
+        <v>46006</v>
       </c>
       <c r="E233" s="1">
-        <v>46357</v>
+        <v>46037</v>
       </c>
       <c r="F233" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>565849</v>
+        <v>558183</v>
       </c>
       <c r="B234" t="s">
-        <v>245</v>
+        <v>576</v>
       </c>
       <c r="C234" t="s">
-        <v>246</v>
+        <v>577</v>
       </c>
       <c r="D234" s="1">
-        <v>45931</v>
+        <v>45862</v>
       </c>
       <c r="E234" s="1">
-        <v>46326</v>
+        <v>46226</v>
       </c>
       <c r="F234" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>551090</v>
+        <v>549825</v>
       </c>
       <c r="B235" t="s">
-        <v>77</v>
+        <v>189</v>
       </c>
       <c r="C235" t="s">
-        <v>78</v>
+        <v>190</v>
       </c>
       <c r="D235" s="1">
-        <v>45758</v>
+        <v>45748</v>
       </c>
       <c r="E235" s="1">
-        <v>46122</v>
+        <v>46112</v>
       </c>
       <c r="F235" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>546926</v>
+        <v>550896</v>
       </c>
       <c r="B236" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="C236" t="s">
-        <v>80</v>
+        <v>146</v>
       </c>
       <c r="D236" s="1">
         <v>45748</v>
       </c>
       <c r="E236" s="1">
         <v>46112</v>
       </c>
       <c r="F236" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>567726</v>
+        <v>549313</v>
       </c>
       <c r="B237" t="s">
-        <v>180</v>
+        <v>510</v>
       </c>
       <c r="C237" t="s">
-        <v>181</v>
+        <v>297</v>
       </c>
       <c r="D237" s="1">
-        <v>45971</v>
+        <v>45755</v>
       </c>
       <c r="E237" s="1">
-        <v>46053</v>
+        <v>46089</v>
       </c>
       <c r="F237" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>555464</v>
+        <v>559476</v>
       </c>
       <c r="B238" t="s">
-        <v>347</v>
+        <v>585</v>
       </c>
       <c r="C238" t="s">
-        <v>348</v>
+        <v>586</v>
       </c>
       <c r="D238" s="1">
-        <v>45817</v>
+        <v>45887</v>
       </c>
       <c r="E238" s="1">
-        <v>46181</v>
+        <v>46251</v>
       </c>
       <c r="F238" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>547808</v>
+        <v>548877</v>
       </c>
       <c r="B239" t="s">
-        <v>58</v>
+        <v>501</v>
       </c>
       <c r="C239" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="D239" s="1">
-        <v>45746</v>
+        <v>45748</v>
       </c>
       <c r="E239" s="1">
-        <v>46110</v>
+        <v>46112</v>
       </c>
       <c r="F239" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>555757</v>
+        <v>575115</v>
       </c>
       <c r="B240" t="s">
-        <v>60</v>
+        <v>401</v>
       </c>
       <c r="C240" t="s">
-        <v>61</v>
+        <v>176</v>
       </c>
       <c r="D240" s="1">
-        <v>45835</v>
+        <v>46174</v>
       </c>
       <c r="E240" s="1">
-        <v>46199</v>
+        <v>46265</v>
       </c>
       <c r="F240" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>568250</v>
+        <v>571007</v>
       </c>
       <c r="B241" t="s">
-        <v>249</v>
+        <v>376</v>
       </c>
       <c r="C241" t="s">
-        <v>250</v>
+        <v>377</v>
       </c>
       <c r="D241" s="1">
-        <v>45979</v>
+        <v>46027</v>
       </c>
       <c r="E241" s="1">
-        <v>46081</v>
+        <v>46391</v>
       </c>
       <c r="F241" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>558304</v>
+        <v>575626</v>
       </c>
       <c r="B242" t="s">
-        <v>249</v>
+        <v>73</v>
       </c>
       <c r="C242" t="s">
-        <v>346</v>
+        <v>74</v>
       </c>
       <c r="D242" s="1">
-        <v>45844</v>
+        <v>46113</v>
       </c>
       <c r="E242" s="1">
-        <v>46208</v>
+        <v>46295</v>
       </c>
       <c r="F242" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>560916</v>
+        <v>570225</v>
       </c>
       <c r="B243" t="s">
-        <v>216</v>
+        <v>486</v>
       </c>
       <c r="C243" t="s">
-        <v>217</v>
+        <v>487</v>
       </c>
       <c r="D243" s="1">
-        <v>45929</v>
+        <v>46023</v>
       </c>
       <c r="E243" s="1">
-        <v>46293</v>
+        <v>46357</v>
       </c>
       <c r="F243" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>549347</v>
+        <v>566980</v>
       </c>
       <c r="B244" t="s">
-        <v>104</v>
+        <v>419</v>
       </c>
       <c r="C244" t="s">
-        <v>105</v>
+        <v>420</v>
       </c>
       <c r="D244" s="1">
-        <v>45748</v>
+        <v>45963</v>
       </c>
       <c r="E244" s="1">
-        <v>46112</v>
+        <v>46327</v>
       </c>
       <c r="F244" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>569591</v>
+        <v>546411</v>
       </c>
       <c r="B245" t="s">
-        <v>257</v>
+        <v>54</v>
       </c>
       <c r="C245" t="s">
-        <v>258</v>
+        <v>55</v>
       </c>
       <c r="D245" s="1">
-        <v>46023</v>
+        <v>45748</v>
       </c>
       <c r="E245" s="1">
-        <v>46387</v>
+        <v>46112</v>
       </c>
       <c r="F245" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>552376</v>
+        <v>573758</v>
       </c>
       <c r="B246" t="s">
-        <v>465</v>
+        <v>54</v>
       </c>
       <c r="C246" t="s">
-        <v>466</v>
+        <v>55</v>
       </c>
       <c r="D246" s="1">
-        <v>45798</v>
+        <v>46113</v>
       </c>
       <c r="E246" s="1">
-        <v>46162</v>
+        <v>46477</v>
       </c>
       <c r="F246" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>566121</v>
+        <v>547388</v>
       </c>
       <c r="B247" t="s">
-        <v>413</v>
+        <v>395</v>
       </c>
       <c r="C247" t="s">
-        <v>414</v>
+        <v>396</v>
       </c>
       <c r="D247" s="1">
-        <v>45960</v>
+        <v>45740</v>
       </c>
       <c r="E247" s="1">
-        <v>46295</v>
+        <v>46104</v>
       </c>
       <c r="F247" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>570425</v>
+        <v>575564</v>
       </c>
       <c r="B248" t="s">
-        <v>402</v>
+        <v>617</v>
       </c>
       <c r="C248" t="s">
-        <v>403</v>
+        <v>19</v>
       </c>
       <c r="D248" s="1">
-        <v>46010</v>
+        <v>46113</v>
       </c>
       <c r="E248" s="1">
-        <v>46374</v>
+        <v>46295</v>
       </c>
       <c r="F248" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>561253</v>
+        <v>551101</v>
       </c>
       <c r="B249" t="s">
-        <v>151</v>
+        <v>99</v>
       </c>
       <c r="C249" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
       <c r="D249" s="1">
-        <v>45814</v>
+        <v>45759</v>
       </c>
       <c r="E249" s="1">
-        <v>46178</v>
+        <v>46123</v>
       </c>
       <c r="F249" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>549197</v>
+        <v>560618</v>
       </c>
       <c r="B250" t="s">
-        <v>443</v>
+        <v>594</v>
       </c>
       <c r="C250" t="s">
-        <v>444</v>
+        <v>595</v>
       </c>
       <c r="D250" s="1">
-        <v>45762</v>
+        <v>45874</v>
       </c>
       <c r="E250" s="1">
-        <v>46126</v>
+        <v>46238</v>
       </c>
       <c r="F250" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>545177</v>
+        <v>558142</v>
       </c>
       <c r="B251" t="s">
-        <v>273</v>
+        <v>574</v>
       </c>
       <c r="C251" t="s">
-        <v>274</v>
+        <v>575</v>
       </c>
       <c r="D251" s="1">
-        <v>45695</v>
+        <v>45863</v>
       </c>
       <c r="E251" s="1">
-        <v>46059</v>
+        <v>46045</v>
       </c>
       <c r="F251" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>570010</v>
+        <v>574324</v>
       </c>
       <c r="B252" t="s">
-        <v>273</v>
+        <v>574</v>
       </c>
       <c r="C252" t="s">
-        <v>274</v>
+        <v>575</v>
       </c>
       <c r="D252" s="1">
-        <v>46060</v>
+        <v>46046</v>
       </c>
       <c r="E252" s="1">
-        <v>46424</v>
+        <v>46410</v>
       </c>
       <c r="F252" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>569496</v>
+        <v>564588</v>
       </c>
       <c r="B253" t="s">
-        <v>256</v>
+        <v>26</v>
       </c>
       <c r="C253" t="s">
-        <v>408</v>
+        <v>27</v>
       </c>
       <c r="D253" s="1">
-        <v>46022</v>
+        <v>45658</v>
       </c>
       <c r="E253" s="1">
-        <v>46386</v>
+        <v>46112</v>
       </c>
       <c r="F253" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>561813</v>
+        <v>566989</v>
       </c>
       <c r="B254" t="s">
-        <v>537</v>
+        <v>288</v>
       </c>
       <c r="C254" t="s">
-        <v>99</v>
+        <v>142</v>
       </c>
       <c r="D254" s="1">
-        <v>45823</v>
+        <v>45963</v>
       </c>
       <c r="E254" s="1">
-        <v>46187</v>
+        <v>46147</v>
       </c>
       <c r="F254" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>547385</v>
+        <v>556075</v>
       </c>
       <c r="B255" t="s">
-        <v>343</v>
+        <v>157</v>
       </c>
       <c r="C255" t="s">
-        <v>344</v>
+        <v>158</v>
       </c>
       <c r="D255" s="1">
-        <v>45740</v>
+        <v>45839</v>
       </c>
       <c r="E255" s="1">
-        <v>46104</v>
+        <v>46203</v>
       </c>
       <c r="F255" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>567622</v>
+        <v>555219</v>
       </c>
       <c r="B256" t="s">
-        <v>549</v>
+        <v>173</v>
       </c>
       <c r="C256" t="s">
-        <v>550</v>
+        <v>174</v>
       </c>
       <c r="D256" s="1">
-        <v>45931</v>
+        <v>45809</v>
       </c>
       <c r="E256" s="1">
-        <v>46295</v>
+        <v>46173</v>
       </c>
       <c r="F256" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>562475</v>
+        <v>566725</v>
       </c>
       <c r="B257" t="s">
-        <v>538</v>
+        <v>173</v>
       </c>
       <c r="C257" t="s">
-        <v>539</v>
+        <v>260</v>
       </c>
       <c r="D257" s="1">
-        <v>45929</v>
+        <v>45959</v>
       </c>
       <c r="E257" s="1">
-        <v>46023</v>
+        <v>46323</v>
       </c>
       <c r="F257" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>570796</v>
+        <v>565030</v>
       </c>
       <c r="B258" t="s">
-        <v>538</v>
+        <v>503</v>
       </c>
       <c r="C258" t="s">
-        <v>539</v>
+        <v>504</v>
       </c>
       <c r="D258" s="1">
-        <v>46024</v>
+        <v>45950</v>
       </c>
       <c r="E258" s="1">
-        <v>46112</v>
+        <v>46314</v>
       </c>
       <c r="F258" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>549504</v>
+        <v>559834</v>
       </c>
       <c r="B259" t="s">
-        <v>22</v>
+        <v>591</v>
       </c>
       <c r="C259" t="s">
-        <v>23</v>
+        <v>592</v>
       </c>
       <c r="D259" s="1">
-        <v>45718</v>
+        <v>45885</v>
       </c>
       <c r="E259" s="1">
-        <v>46082</v>
+        <v>46249</v>
       </c>
       <c r="F259" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>558343</v>
+        <v>564655</v>
       </c>
       <c r="B260" t="s">
-        <v>331</v>
+        <v>427</v>
       </c>
       <c r="C260" t="s">
-        <v>332</v>
+        <v>428</v>
       </c>
       <c r="D260" s="1">
-        <v>45845</v>
+        <v>45748</v>
       </c>
       <c r="E260" s="1">
-        <v>46209</v>
+        <v>46194</v>
       </c>
       <c r="F260" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>546363</v>
+        <v>555263</v>
       </c>
       <c r="B261" t="s">
-        <v>48</v>
+        <v>331</v>
       </c>
       <c r="C261" t="s">
-        <v>49</v>
+        <v>332</v>
       </c>
       <c r="D261" s="1">
-        <v>45748</v>
+        <v>45811</v>
       </c>
       <c r="E261" s="1">
-        <v>46112</v>
+        <v>46175</v>
       </c>
       <c r="F261" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>560497</v>
+        <v>544966</v>
       </c>
       <c r="B262" t="s">
-        <v>197</v>
+        <v>481</v>
       </c>
       <c r="C262" t="s">
-        <v>198</v>
+        <v>482</v>
       </c>
       <c r="D262" s="1">
-        <v>45873</v>
+        <v>45695</v>
       </c>
       <c r="E262" s="1">
-        <v>46237</v>
+        <v>46059</v>
       </c>
       <c r="F262" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>546325</v>
+        <v>553657</v>
       </c>
       <c r="B263" t="s">
-        <v>50</v>
+        <v>547</v>
       </c>
       <c r="C263" t="s">
-        <v>51</v>
+        <v>548</v>
       </c>
       <c r="D263" s="1">
-        <v>45748</v>
+        <v>45803</v>
       </c>
       <c r="E263" s="1">
-        <v>46112</v>
+        <v>46167</v>
       </c>
       <c r="F263" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>567088</v>
+        <v>566569</v>
       </c>
       <c r="B264" t="s">
-        <v>314</v>
+        <v>411</v>
       </c>
       <c r="C264" t="s">
-        <v>364</v>
+        <v>82</v>
       </c>
       <c r="D264" s="1">
-        <v>45964</v>
+        <v>45957</v>
       </c>
       <c r="E264" s="1">
-        <v>46328</v>
+        <v>46168</v>
       </c>
       <c r="F264" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>546445</v>
+        <v>567310</v>
       </c>
       <c r="B265" t="s">
-        <v>44</v>
+        <v>512</v>
       </c>
       <c r="C265" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="D265" s="1">
-        <v>45748</v>
+        <v>45965</v>
       </c>
       <c r="E265" s="1">
-        <v>46112</v>
+        <v>46026</v>
       </c>
       <c r="F265" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>569113</v>
+        <v>554891</v>
       </c>
       <c r="B266" t="s">
-        <v>155</v>
+        <v>561</v>
       </c>
       <c r="C266" t="s">
-        <v>322</v>
+        <v>562</v>
       </c>
       <c r="D266" s="1">
-        <v>46006</v>
+        <v>45827</v>
       </c>
       <c r="E266" s="1">
-        <v>46081</v>
+        <v>46191</v>
       </c>
       <c r="F266" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>567099</v>
+        <v>575205</v>
       </c>
       <c r="B267" t="s">
-        <v>176</v>
+        <v>137</v>
       </c>
       <c r="C267" t="s">
-        <v>177</v>
+        <v>138</v>
       </c>
       <c r="D267" s="1">
-        <v>45962</v>
+        <v>46113</v>
       </c>
       <c r="E267" s="1">
-        <v>46112</v>
+        <v>46278</v>
       </c>
       <c r="F267" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>564589</v>
+        <v>575237</v>
       </c>
       <c r="B268" t="s">
-        <v>227</v>
+        <v>137</v>
       </c>
       <c r="C268" t="s">
-        <v>395</v>
+        <v>367</v>
       </c>
       <c r="D268" s="1">
-        <v>45930</v>
+        <v>46113</v>
       </c>
       <c r="E268" s="1">
-        <v>46294</v>
+        <v>46278</v>
       </c>
       <c r="F268" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>565847</v>
+        <v>553829</v>
       </c>
       <c r="B269" t="s">
-        <v>398</v>
+        <v>550</v>
       </c>
       <c r="C269" t="s">
-        <v>399</v>
+        <v>551</v>
       </c>
       <c r="D269" s="1">
-        <v>45962</v>
+        <v>45794</v>
       </c>
       <c r="E269" s="1">
-        <v>46326</v>
+        <v>46158</v>
       </c>
       <c r="F269" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>545064</v>
+        <v>560725</v>
       </c>
       <c r="B270" t="s">
-        <v>396</v>
+        <v>349</v>
       </c>
       <c r="C270" t="s">
-        <v>397</v>
+        <v>350</v>
       </c>
       <c r="D270" s="1">
-        <v>45695</v>
+        <v>45877</v>
       </c>
       <c r="E270" s="1">
-        <v>46059</v>
+        <v>46241</v>
       </c>
       <c r="F270" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>570006</v>
+        <v>562564</v>
       </c>
       <c r="B271" t="s">
-        <v>396</v>
+        <v>613</v>
       </c>
       <c r="C271" t="s">
-        <v>397</v>
+        <v>614</v>
       </c>
       <c r="D271" s="1">
-        <v>46060</v>
+        <v>45931</v>
       </c>
       <c r="E271" s="1">
-        <v>46424</v>
+        <v>46295</v>
       </c>
       <c r="F271" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>549184</v>
+        <v>556324</v>
       </c>
       <c r="B272" t="s">
-        <v>38</v>
+        <v>195</v>
       </c>
       <c r="C272" t="s">
-        <v>442</v>
+        <v>196</v>
       </c>
       <c r="D272" s="1">
-        <v>45748</v>
+        <v>45839</v>
       </c>
       <c r="E272" s="1">
-        <v>46112</v>
+        <v>46203</v>
       </c>
       <c r="F272" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>562879</v>
+        <v>566381</v>
       </c>
       <c r="B273" t="s">
-        <v>391</v>
+        <v>151</v>
       </c>
       <c r="C273" t="s">
-        <v>392</v>
+        <v>152</v>
       </c>
       <c r="D273" s="1">
-        <v>45930</v>
+        <v>45952</v>
       </c>
       <c r="E273" s="1">
-        <v>46294</v>
+        <v>46316</v>
       </c>
       <c r="F273" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>569608</v>
+        <v>556367</v>
       </c>
       <c r="B274" t="s">
-        <v>288</v>
+        <v>566</v>
       </c>
       <c r="C274" t="s">
-        <v>428</v>
+        <v>567</v>
       </c>
       <c r="D274" s="1">
-        <v>46009</v>
+        <v>45870</v>
       </c>
       <c r="E274" s="1">
-        <v>46071</v>
+        <v>46234</v>
       </c>
       <c r="F274" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>546923</v>
+        <v>552331</v>
       </c>
       <c r="B275" t="s">
-        <v>88</v>
+        <v>340</v>
       </c>
       <c r="C275" t="s">
-        <v>89</v>
+        <v>341</v>
       </c>
       <c r="D275" s="1">
         <v>45748</v>
       </c>
       <c r="E275" s="1">
         <v>46112</v>
       </c>
       <c r="F275" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>551728</v>
+        <v>562326</v>
       </c>
       <c r="B276" t="s">
-        <v>323</v>
+        <v>254</v>
       </c>
       <c r="C276" t="s">
-        <v>460</v>
+        <v>255</v>
       </c>
       <c r="D276" s="1">
-        <v>45772</v>
+        <v>45942</v>
       </c>
       <c r="E276" s="1">
-        <v>46136</v>
+        <v>46306</v>
       </c>
       <c r="F276" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>568736</v>
+        <v>551044</v>
       </c>
       <c r="B277" t="s">
-        <v>127</v>
+        <v>372</v>
       </c>
       <c r="C277" t="s">
-        <v>128</v>
+        <v>373</v>
       </c>
       <c r="D277" s="1">
-        <v>45987</v>
+        <v>45793</v>
       </c>
       <c r="E277" s="1">
-        <v>46350</v>
+        <v>46157</v>
       </c>
       <c r="F277" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>567769</v>
+        <v>575001</v>
       </c>
       <c r="B278" t="s">
-        <v>178</v>
+        <v>537</v>
       </c>
       <c r="C278" t="s">
-        <v>179</v>
+        <v>538</v>
       </c>
       <c r="D278" s="1">
-        <v>45972</v>
+        <v>46113</v>
       </c>
       <c r="E278" s="1">
-        <v>46112</v>
+        <v>46477</v>
       </c>
       <c r="F278" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>550884</v>
+        <v>545192</v>
       </c>
       <c r="B279" t="s">
-        <v>311</v>
+        <v>484</v>
       </c>
       <c r="C279" t="s">
-        <v>312</v>
+        <v>485</v>
       </c>
       <c r="D279" s="1">
-        <v>45748</v>
+        <v>45677</v>
       </c>
       <c r="E279" s="1">
-        <v>46112</v>
+        <v>46041</v>
       </c>
       <c r="F279" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>548168</v>
+        <v>574075</v>
       </c>
       <c r="B280" t="s">
-        <v>100</v>
+        <v>642</v>
       </c>
       <c r="C280" t="s">
-        <v>405</v>
+        <v>643</v>
       </c>
       <c r="D280" s="1">
-        <v>45748</v>
+        <v>46080</v>
       </c>
       <c r="E280" s="1">
-        <v>46112</v>
+        <v>46142</v>
       </c>
       <c r="F280" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>561285</v>
+        <v>556195</v>
       </c>
       <c r="B281" t="s">
-        <v>534</v>
+        <v>220</v>
       </c>
       <c r="C281" t="s">
-        <v>535</v>
+        <v>221</v>
       </c>
       <c r="D281" s="1">
-        <v>45894</v>
+        <v>45887</v>
       </c>
       <c r="E281" s="1">
-        <v>46053</v>
+        <v>46251</v>
       </c>
       <c r="F281" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>567880</v>
+        <v>561596</v>
       </c>
       <c r="B282" t="s">
-        <v>172</v>
+        <v>474</v>
       </c>
       <c r="C282" t="s">
-        <v>173</v>
+        <v>256</v>
       </c>
       <c r="D282" s="1">
-        <v>45930</v>
+        <v>45931</v>
       </c>
       <c r="E282" s="1">
-        <v>46294</v>
+        <v>46295</v>
       </c>
       <c r="F282" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>568319</v>
+        <v>557072</v>
       </c>
       <c r="B283" t="s">
-        <v>553</v>
+        <v>569</v>
       </c>
       <c r="C283" t="s">
-        <v>253</v>
+        <v>570</v>
       </c>
       <c r="D283" s="1">
-        <v>45981</v>
+        <v>45859</v>
       </c>
       <c r="E283" s="1">
-        <v>46345</v>
+        <v>46041</v>
       </c>
       <c r="F283" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>559211</v>
+        <v>561084</v>
       </c>
       <c r="B284" t="s">
-        <v>284</v>
+        <v>600</v>
       </c>
       <c r="C284" t="s">
-        <v>285</v>
+        <v>601</v>
       </c>
       <c r="D284" s="1">
-        <v>45741</v>
+        <v>45882</v>
       </c>
       <c r="E284" s="1">
-        <v>46105</v>
+        <v>46246</v>
       </c>
       <c r="F284" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>552948</v>
+        <v>564414</v>
       </c>
       <c r="B285" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="C285" t="s">
-        <v>299</v>
+        <v>279</v>
       </c>
       <c r="D285" s="1">
-        <v>45799</v>
+        <v>45930</v>
       </c>
       <c r="E285" s="1">
-        <v>46150</v>
+        <v>46294</v>
       </c>
       <c r="F285" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>565056</v>
+        <v>564101</v>
       </c>
       <c r="B286" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="C286" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D286" s="1">
-        <v>45937</v>
+        <v>45925</v>
       </c>
       <c r="E286" s="1">
-        <v>46119</v>
+        <v>46105</v>
       </c>
       <c r="F286" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>549496</v>
+        <v>562851</v>
       </c>
       <c r="B287" t="s">
-        <v>448</v>
+        <v>110</v>
       </c>
       <c r="C287" t="s">
-        <v>449</v>
+        <v>111</v>
       </c>
       <c r="D287" s="1">
-        <v>45745</v>
+        <v>45915</v>
       </c>
       <c r="E287" s="1">
-        <v>46109</v>
+        <v>46112</v>
       </c>
       <c r="F287" t="s">
-        <v>231</v>
+        <v>3</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>566071</v>
+        <v>567325</v>
       </c>
       <c r="B288" t="s">
-        <v>182</v>
+        <v>621</v>
       </c>
       <c r="C288" t="s">
-        <v>544</v>
+        <v>622</v>
       </c>
       <c r="D288" s="1">
-        <v>45945</v>
+        <v>45999</v>
       </c>
       <c r="E288" s="1">
-        <v>46027</v>
+        <v>46357</v>
       </c>
       <c r="F288" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>566073</v>
+        <v>565849</v>
       </c>
       <c r="B289" t="s">
-        <v>182</v>
+        <v>280</v>
       </c>
       <c r="C289" t="s">
-        <v>183</v>
+        <v>281</v>
       </c>
       <c r="D289" s="1">
-        <v>45946</v>
+        <v>45931</v>
       </c>
       <c r="E289" s="1">
-        <v>46027</v>
+        <v>46326</v>
       </c>
       <c r="F289" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>566380</v>
+        <v>551090</v>
       </c>
       <c r="B290" t="s">
-        <v>261</v>
+        <v>89</v>
       </c>
       <c r="C290" t="s">
-        <v>262</v>
+        <v>90</v>
       </c>
       <c r="D290" s="1">
-        <v>45963</v>
+        <v>45758</v>
       </c>
       <c r="E290" s="1">
-        <v>46327</v>
+        <v>46122</v>
       </c>
       <c r="F290" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>545811</v>
+        <v>546926</v>
       </c>
       <c r="B291" t="s">
-        <v>425</v>
+        <v>91</v>
       </c>
       <c r="C291" t="s">
-        <v>426</v>
+        <v>92</v>
       </c>
       <c r="D291" s="1">
-        <v>45689</v>
+        <v>45748</v>
       </c>
       <c r="E291" s="1">
-        <v>46053</v>
+        <v>46112</v>
       </c>
       <c r="F291" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>548861</v>
+        <v>574233</v>
       </c>
       <c r="B292" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="C292" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="D292" s="1">
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="E292" s="1">
-        <v>46112</v>
+        <v>46477</v>
       </c>
       <c r="F292" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>548863</v>
+        <v>575590</v>
       </c>
       <c r="B293" t="s">
-        <v>75</v>
+        <v>135</v>
       </c>
       <c r="C293" t="s">
-        <v>76</v>
+        <v>136</v>
       </c>
       <c r="D293" s="1">
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="E293" s="1">
-        <v>46112</v>
+        <v>46295</v>
       </c>
       <c r="F293" t="s">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>556710</v>
+        <v>567726</v>
       </c>
       <c r="B294" t="s">
-        <v>75</v>
+        <v>210</v>
       </c>
       <c r="C294" t="s">
-        <v>497</v>
+        <v>211</v>
       </c>
       <c r="D294" s="1">
-        <v>45828</v>
+        <v>45971</v>
       </c>
       <c r="E294" s="1">
-        <v>46112</v>
+        <v>46053</v>
       </c>
       <c r="F294" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>568873</v>
+        <v>555464</v>
       </c>
       <c r="B295" t="s">
-        <v>110</v>
+        <v>402</v>
       </c>
       <c r="C295" t="s">
-        <v>111</v>
+        <v>403</v>
       </c>
       <c r="D295" s="1">
-        <v>45986</v>
+        <v>45817</v>
       </c>
       <c r="E295" s="1">
-        <v>46350</v>
+        <v>46181</v>
       </c>
       <c r="F295" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
+        <v>547808</v>
+      </c>
+      <c r="B296" t="s">
+        <v>66</v>
+      </c>
+      <c r="C296" t="s">
+        <v>67</v>
+      </c>
+      <c r="D296" s="1">
+        <v>45746</v>
+      </c>
+      <c r="E296" s="1">
+        <v>46110</v>
+      </c>
+      <c r="F296" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6">
+      <c r="A297">
+        <v>555757</v>
+      </c>
+      <c r="B297" t="s">
+        <v>68</v>
+      </c>
+      <c r="C297" t="s">
+        <v>69</v>
+      </c>
+      <c r="D297" s="1">
+        <v>45835</v>
+      </c>
+      <c r="E297" s="1">
+        <v>46199</v>
+      </c>
+      <c r="F297" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6">
+      <c r="A298">
+        <v>568250</v>
+      </c>
+      <c r="B298" t="s">
+        <v>284</v>
+      </c>
+      <c r="C298" t="s">
+        <v>285</v>
+      </c>
+      <c r="D298" s="1">
+        <v>45979</v>
+      </c>
+      <c r="E298" s="1">
+        <v>46081</v>
+      </c>
+      <c r="F298" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6">
+      <c r="A299">
+        <v>558304</v>
+      </c>
+      <c r="B299" t="s">
+        <v>284</v>
+      </c>
+      <c r="C299" t="s">
+        <v>400</v>
+      </c>
+      <c r="D299" s="1">
+        <v>45844</v>
+      </c>
+      <c r="E299" s="1">
+        <v>46208</v>
+      </c>
+      <c r="F299" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6">
+      <c r="A300">
+        <v>560916</v>
+      </c>
+      <c r="B300" t="s">
+        <v>248</v>
+      </c>
+      <c r="C300" t="s">
+        <v>249</v>
+      </c>
+      <c r="D300" s="1">
+        <v>45929</v>
+      </c>
+      <c r="E300" s="1">
+        <v>46293</v>
+      </c>
+      <c r="F300" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6">
+      <c r="A301">
+        <v>549347</v>
+      </c>
+      <c r="B301" t="s">
+        <v>124</v>
+      </c>
+      <c r="C301" t="s">
+        <v>125</v>
+      </c>
+      <c r="D301" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E301" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F301" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6">
+      <c r="A302">
+        <v>569591</v>
+      </c>
+      <c r="B302" t="s">
+        <v>295</v>
+      </c>
+      <c r="C302" t="s">
+        <v>296</v>
+      </c>
+      <c r="D302" s="1">
+        <v>46023</v>
+      </c>
+      <c r="E302" s="1">
+        <v>46387</v>
+      </c>
+      <c r="F302" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6">
+      <c r="A303">
+        <v>552376</v>
+      </c>
+      <c r="B303" t="s">
+        <v>532</v>
+      </c>
+      <c r="C303" t="s">
+        <v>533</v>
+      </c>
+      <c r="D303" s="1">
+        <v>45798</v>
+      </c>
+      <c r="E303" s="1">
+        <v>46162</v>
+      </c>
+      <c r="F303" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6">
+      <c r="A304">
+        <v>566121</v>
+      </c>
+      <c r="B304" t="s">
+        <v>472</v>
+      </c>
+      <c r="C304" t="s">
+        <v>473</v>
+      </c>
+      <c r="D304" s="1">
+        <v>45960</v>
+      </c>
+      <c r="E304" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F304" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6">
+      <c r="A305">
+        <v>570425</v>
+      </c>
+      <c r="B305" t="s">
+        <v>461</v>
+      </c>
+      <c r="C305" t="s">
+        <v>462</v>
+      </c>
+      <c r="D305" s="1">
+        <v>46010</v>
+      </c>
+      <c r="E305" s="1">
+        <v>46374</v>
+      </c>
+      <c r="F305" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6">
+      <c r="A306">
+        <v>571741</v>
+      </c>
+      <c r="B306" t="s">
+        <v>289</v>
+      </c>
+      <c r="C306" t="s">
+        <v>291</v>
+      </c>
+      <c r="D306" s="1">
+        <v>46036</v>
+      </c>
+      <c r="E306" s="1">
+        <v>46187</v>
+      </c>
+      <c r="F306" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6">
+      <c r="A307">
+        <v>561253</v>
+      </c>
+      <c r="B307" t="s">
+        <v>181</v>
+      </c>
+      <c r="C307" t="s">
+        <v>182</v>
+      </c>
+      <c r="D307" s="1">
+        <v>45814</v>
+      </c>
+      <c r="E307" s="1">
+        <v>46178</v>
+      </c>
+      <c r="F307" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6">
+      <c r="A308">
+        <v>549197</v>
+      </c>
+      <c r="B308" t="s">
+        <v>508</v>
+      </c>
+      <c r="C308" t="s">
+        <v>509</v>
+      </c>
+      <c r="D308" s="1">
+        <v>45762</v>
+      </c>
+      <c r="E308" s="1">
+        <v>46126</v>
+      </c>
+      <c r="F308" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6">
+      <c r="A309">
+        <v>545177</v>
+      </c>
+      <c r="B309" t="s">
+        <v>313</v>
+      </c>
+      <c r="C309" t="s">
+        <v>314</v>
+      </c>
+      <c r="D309" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E309" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F309" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6">
+      <c r="A310">
+        <v>570010</v>
+      </c>
+      <c r="B310" t="s">
+        <v>313</v>
+      </c>
+      <c r="C310" t="s">
+        <v>314</v>
+      </c>
+      <c r="D310" s="1">
+        <v>46060</v>
+      </c>
+      <c r="E310" s="1">
+        <v>46424</v>
+      </c>
+      <c r="F310" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6">
+      <c r="A311">
+        <v>569496</v>
+      </c>
+      <c r="B311" t="s">
+        <v>294</v>
+      </c>
+      <c r="C311" t="s">
+        <v>467</v>
+      </c>
+      <c r="D311" s="1">
+        <v>46022</v>
+      </c>
+      <c r="E311" s="1">
+        <v>46386</v>
+      </c>
+      <c r="F311" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6">
+      <c r="A312">
+        <v>561813</v>
+      </c>
+      <c r="B312" t="s">
+        <v>610</v>
+      </c>
+      <c r="C312" t="s">
+        <v>117</v>
+      </c>
+      <c r="D312" s="1">
+        <v>45823</v>
+      </c>
+      <c r="E312" s="1">
+        <v>46187</v>
+      </c>
+      <c r="F312" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6">
+      <c r="A313">
+        <v>547385</v>
+      </c>
+      <c r="B313" t="s">
+        <v>397</v>
+      </c>
+      <c r="C313" t="s">
+        <v>398</v>
+      </c>
+      <c r="D313" s="1">
+        <v>45740</v>
+      </c>
+      <c r="E313" s="1">
+        <v>46104</v>
+      </c>
+      <c r="F313" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6">
+      <c r="A314">
+        <v>575594</v>
+      </c>
+      <c r="B314" t="s">
+        <v>119</v>
+      </c>
+      <c r="C314" t="s">
+        <v>120</v>
+      </c>
+      <c r="D314" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E314" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F314" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6">
+      <c r="A315">
+        <v>567622</v>
+      </c>
+      <c r="B315" t="s">
+        <v>623</v>
+      </c>
+      <c r="C315" t="s">
+        <v>624</v>
+      </c>
+      <c r="D315" s="1">
+        <v>45931</v>
+      </c>
+      <c r="E315" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F315" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6">
+      <c r="A316">
+        <v>562475</v>
+      </c>
+      <c r="B316" t="s">
+        <v>611</v>
+      </c>
+      <c r="C316" t="s">
+        <v>612</v>
+      </c>
+      <c r="D316" s="1">
+        <v>45929</v>
+      </c>
+      <c r="E316" s="1">
+        <v>46023</v>
+      </c>
+      <c r="F316" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6">
+      <c r="A317">
+        <v>570796</v>
+      </c>
+      <c r="B317" t="s">
+        <v>611</v>
+      </c>
+      <c r="C317" t="s">
+        <v>612</v>
+      </c>
+      <c r="D317" s="1">
+        <v>46024</v>
+      </c>
+      <c r="E317" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F317" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6">
+      <c r="A318">
+        <v>575645</v>
+      </c>
+      <c r="B318" t="s">
+        <v>128</v>
+      </c>
+      <c r="C318" t="s">
+        <v>129</v>
+      </c>
+      <c r="D318" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E318" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F318" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6">
+      <c r="A319">
+        <v>574341</v>
+      </c>
+      <c r="B319" t="s">
+        <v>28</v>
+      </c>
+      <c r="C319" t="s">
+        <v>29</v>
+      </c>
+      <c r="D319" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E319" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F319" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6">
+      <c r="A320">
+        <v>549504</v>
+      </c>
+      <c r="B320" t="s">
+        <v>24</v>
+      </c>
+      <c r="C320" t="s">
+        <v>25</v>
+      </c>
+      <c r="D320" s="1">
+        <v>45718</v>
+      </c>
+      <c r="E320" s="1">
+        <v>46082</v>
+      </c>
+      <c r="F320" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6">
+      <c r="A321">
+        <v>571889</v>
+      </c>
+      <c r="B321" t="s">
+        <v>309</v>
+      </c>
+      <c r="C321" t="s">
+        <v>310</v>
+      </c>
+      <c r="D321" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E321" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F321" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6">
+      <c r="A322">
+        <v>558343</v>
+      </c>
+      <c r="B322" t="s">
+        <v>383</v>
+      </c>
+      <c r="C322" t="s">
+        <v>384</v>
+      </c>
+      <c r="D322" s="1">
+        <v>45845</v>
+      </c>
+      <c r="E322" s="1">
+        <v>46209</v>
+      </c>
+      <c r="F322" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6">
+      <c r="A323">
+        <v>546363</v>
+      </c>
+      <c r="B323" t="s">
+        <v>56</v>
+      </c>
+      <c r="C323" t="s">
+        <v>57</v>
+      </c>
+      <c r="D323" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E323" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F323" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6">
+      <c r="A324">
+        <v>573676</v>
+      </c>
+      <c r="B324" t="s">
+        <v>56</v>
+      </c>
+      <c r="C324" t="s">
+        <v>57</v>
+      </c>
+      <c r="D324" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E324" s="1">
+        <v>46477</v>
+      </c>
+      <c r="F324" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6">
+      <c r="A325">
+        <v>560497</v>
+      </c>
+      <c r="B325" t="s">
+        <v>227</v>
+      </c>
+      <c r="C325" t="s">
+        <v>228</v>
+      </c>
+      <c r="D325" s="1">
+        <v>45873</v>
+      </c>
+      <c r="E325" s="1">
+        <v>46237</v>
+      </c>
+      <c r="F325" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6">
+      <c r="A326">
+        <v>546325</v>
+      </c>
+      <c r="B326" t="s">
+        <v>58</v>
+      </c>
+      <c r="C326" t="s">
+        <v>59</v>
+      </c>
+      <c r="D326" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E326" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F326" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6">
+      <c r="A327">
+        <v>573822</v>
+      </c>
+      <c r="B327" t="s">
+        <v>58</v>
+      </c>
+      <c r="C327" t="s">
+        <v>59</v>
+      </c>
+      <c r="D327" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E327" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F327" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6">
+      <c r="A328">
+        <v>573818</v>
+      </c>
+      <c r="B328" t="s">
+        <v>58</v>
+      </c>
+      <c r="C328" t="s">
+        <v>59</v>
+      </c>
+      <c r="D328" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E328" s="1">
+        <v>46477</v>
+      </c>
+      <c r="F328" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6">
+      <c r="A329">
+        <v>567088</v>
+      </c>
+      <c r="B329" t="s">
+        <v>365</v>
+      </c>
+      <c r="C329" t="s">
+        <v>421</v>
+      </c>
+      <c r="D329" s="1">
+        <v>45964</v>
+      </c>
+      <c r="E329" s="1">
+        <v>46328</v>
+      </c>
+      <c r="F329" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6">
+      <c r="A330">
+        <v>546445</v>
+      </c>
+      <c r="B330" t="s">
+        <v>52</v>
+      </c>
+      <c r="C330" t="s">
+        <v>53</v>
+      </c>
+      <c r="D330" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E330" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F330" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6">
+      <c r="A331">
+        <v>573811</v>
+      </c>
+      <c r="B331" t="s">
+        <v>52</v>
+      </c>
+      <c r="C331" t="s">
+        <v>53</v>
+      </c>
+      <c r="D331" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E331" s="1">
+        <v>46477</v>
+      </c>
+      <c r="F331" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6">
+      <c r="A332">
+        <v>569113</v>
+      </c>
+      <c r="B332" t="s">
+        <v>185</v>
+      </c>
+      <c r="C332" t="s">
+        <v>374</v>
+      </c>
+      <c r="D332" s="1">
+        <v>46006</v>
+      </c>
+      <c r="E332" s="1">
+        <v>46081</v>
+      </c>
+      <c r="F332" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6">
+      <c r="A333">
+        <v>573977</v>
+      </c>
+      <c r="B333" t="s">
+        <v>185</v>
+      </c>
+      <c r="C333" t="s">
+        <v>374</v>
+      </c>
+      <c r="D333" s="1">
+        <v>46078</v>
+      </c>
+      <c r="E333" s="1">
+        <v>46296</v>
+      </c>
+      <c r="F333" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6">
+      <c r="A334">
+        <v>567099</v>
+      </c>
+      <c r="B334" t="s">
+        <v>206</v>
+      </c>
+      <c r="C334" t="s">
+        <v>207</v>
+      </c>
+      <c r="D334" s="1">
+        <v>45962</v>
+      </c>
+      <c r="E334" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F334" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6">
+      <c r="A335">
+        <v>572428</v>
+      </c>
+      <c r="B335" t="s">
+        <v>321</v>
+      </c>
+      <c r="C335" t="s">
+        <v>322</v>
+      </c>
+      <c r="D335" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E335" s="1">
+        <v>46293</v>
+      </c>
+      <c r="F335" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6">
+      <c r="A336">
+        <v>564589</v>
+      </c>
+      <c r="B336" t="s">
+        <v>259</v>
+      </c>
+      <c r="C336" t="s">
+        <v>452</v>
+      </c>
+      <c r="D336" s="1">
+        <v>45930</v>
+      </c>
+      <c r="E336" s="1">
+        <v>46294</v>
+      </c>
+      <c r="F336" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6">
+      <c r="A337">
+        <v>565847</v>
+      </c>
+      <c r="B337" t="s">
+        <v>455</v>
+      </c>
+      <c r="C337" t="s">
+        <v>456</v>
+      </c>
+      <c r="D337" s="1">
+        <v>45962</v>
+      </c>
+      <c r="E337" s="1">
+        <v>46326</v>
+      </c>
+      <c r="F337" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6">
+      <c r="A338">
+        <v>545064</v>
+      </c>
+      <c r="B338" t="s">
+        <v>453</v>
+      </c>
+      <c r="C338" t="s">
+        <v>454</v>
+      </c>
+      <c r="D338" s="1">
+        <v>45695</v>
+      </c>
+      <c r="E338" s="1">
+        <v>46059</v>
+      </c>
+      <c r="F338" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6">
+      <c r="A339">
+        <v>570006</v>
+      </c>
+      <c r="B339" t="s">
+        <v>453</v>
+      </c>
+      <c r="C339" t="s">
+        <v>454</v>
+      </c>
+      <c r="D339" s="1">
+        <v>46060</v>
+      </c>
+      <c r="E339" s="1">
+        <v>46424</v>
+      </c>
+      <c r="F339" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6">
+      <c r="A340">
+        <v>573961</v>
+      </c>
+      <c r="B340" t="s">
+        <v>32</v>
+      </c>
+      <c r="C340" t="s">
+        <v>33</v>
+      </c>
+      <c r="D340" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E340" s="1">
+        <v>46307</v>
+      </c>
+      <c r="F340" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6">
+      <c r="A341">
+        <v>549184</v>
+      </c>
+      <c r="B341" t="s">
+        <v>46</v>
+      </c>
+      <c r="C341" t="s">
+        <v>507</v>
+      </c>
+      <c r="D341" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E341" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F341" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6">
+      <c r="A342">
+        <v>562879</v>
+      </c>
+      <c r="B342" t="s">
+        <v>448</v>
+      </c>
+      <c r="C342" t="s">
+        <v>449</v>
+      </c>
+      <c r="D342" s="1">
+        <v>45930</v>
+      </c>
+      <c r="E342" s="1">
+        <v>46294</v>
+      </c>
+      <c r="F342" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6">
+      <c r="A343">
+        <v>569608</v>
+      </c>
+      <c r="B343" t="s">
+        <v>333</v>
+      </c>
+      <c r="C343" t="s">
+        <v>491</v>
+      </c>
+      <c r="D343" s="1">
+        <v>46009</v>
+      </c>
+      <c r="E343" s="1">
+        <v>46071</v>
+      </c>
+      <c r="F343" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6">
+      <c r="A344">
+        <v>574074</v>
+      </c>
+      <c r="B344" t="s">
+        <v>333</v>
+      </c>
+      <c r="C344" t="s">
+        <v>491</v>
+      </c>
+      <c r="D344" s="1">
+        <v>46072</v>
+      </c>
+      <c r="E344" s="1">
+        <v>46131</v>
+      </c>
+      <c r="F344" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6">
+      <c r="A345">
+        <v>546923</v>
+      </c>
+      <c r="B345" t="s">
+        <v>104</v>
+      </c>
+      <c r="C345" t="s">
+        <v>105</v>
+      </c>
+      <c r="D345" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E345" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F345" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6">
+      <c r="A346">
+        <v>574226</v>
+      </c>
+      <c r="B346" t="s">
+        <v>104</v>
+      </c>
+      <c r="C346" t="s">
+        <v>105</v>
+      </c>
+      <c r="D346" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E346" s="1">
+        <v>46477</v>
+      </c>
+      <c r="F346" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6">
+      <c r="A347">
+        <v>551728</v>
+      </c>
+      <c r="B347" t="s">
+        <v>375</v>
+      </c>
+      <c r="C347" t="s">
+        <v>527</v>
+      </c>
+      <c r="D347" s="1">
+        <v>45772</v>
+      </c>
+      <c r="E347" s="1">
+        <v>46136</v>
+      </c>
+      <c r="F347" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6">
+      <c r="A348">
+        <v>575561</v>
+      </c>
+      <c r="B348" t="s">
+        <v>23</v>
+      </c>
+      <c r="C348" t="s">
+        <v>657</v>
+      </c>
+      <c r="D348" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E348" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F348" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6">
+      <c r="A349">
+        <v>568736</v>
+      </c>
+      <c r="B349" t="s">
+        <v>153</v>
+      </c>
+      <c r="C349" t="s">
+        <v>154</v>
+      </c>
+      <c r="D349" s="1">
+        <v>45987</v>
+      </c>
+      <c r="E349" s="1">
+        <v>46350</v>
+      </c>
+      <c r="F349" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6">
+      <c r="A350">
+        <v>575113</v>
+      </c>
+      <c r="B350" t="s">
+        <v>655</v>
+      </c>
+      <c r="C350" t="s">
+        <v>656</v>
+      </c>
+      <c r="D350" s="1">
+        <v>46102</v>
+      </c>
+      <c r="E350" s="1">
+        <v>46172</v>
+      </c>
+      <c r="F350" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6">
+      <c r="A351">
+        <v>567769</v>
+      </c>
+      <c r="B351" t="s">
+        <v>208</v>
+      </c>
+      <c r="C351" t="s">
+        <v>209</v>
+      </c>
+      <c r="D351" s="1">
+        <v>45972</v>
+      </c>
+      <c r="E351" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F351" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6">
+      <c r="A352">
+        <v>550884</v>
+      </c>
+      <c r="B352" t="s">
+        <v>362</v>
+      </c>
+      <c r="C352" t="s">
+        <v>363</v>
+      </c>
+      <c r="D352" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E352" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F352" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6">
+      <c r="A353">
+        <v>548168</v>
+      </c>
+      <c r="B353" t="s">
+        <v>118</v>
+      </c>
+      <c r="C353" t="s">
+        <v>464</v>
+      </c>
+      <c r="D353" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E353" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F353" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6">
+      <c r="A354">
+        <v>575562</v>
+      </c>
+      <c r="B354" t="s">
+        <v>118</v>
+      </c>
+      <c r="C354" t="s">
+        <v>464</v>
+      </c>
+      <c r="D354" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E354" s="1">
+        <v>46477</v>
+      </c>
+      <c r="F354" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6">
+      <c r="A355">
+        <v>561285</v>
+      </c>
+      <c r="B355" t="s">
+        <v>607</v>
+      </c>
+      <c r="C355" t="s">
+        <v>608</v>
+      </c>
+      <c r="D355" s="1">
+        <v>45894</v>
+      </c>
+      <c r="E355" s="1">
+        <v>46053</v>
+      </c>
+      <c r="F355" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6">
+      <c r="A356">
+        <v>574809</v>
+      </c>
+      <c r="B356" t="s">
+        <v>652</v>
+      </c>
+      <c r="C356" t="s">
+        <v>167</v>
+      </c>
+      <c r="D356" s="1">
+        <v>46125</v>
+      </c>
+      <c r="E356" s="1">
+        <v>46388</v>
+      </c>
+      <c r="F356" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6">
+      <c r="A357">
+        <v>567880</v>
+      </c>
+      <c r="B357" t="s">
+        <v>202</v>
+      </c>
+      <c r="C357" t="s">
+        <v>203</v>
+      </c>
+      <c r="D357" s="1">
+        <v>45930</v>
+      </c>
+      <c r="E357" s="1">
+        <v>46294</v>
+      </c>
+      <c r="F357" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6">
+      <c r="A358">
+        <v>568319</v>
+      </c>
+      <c r="B358" t="s">
+        <v>627</v>
+      </c>
+      <c r="C358" t="s">
+        <v>290</v>
+      </c>
+      <c r="D358" s="1">
+        <v>45981</v>
+      </c>
+      <c r="E358" s="1">
+        <v>46345</v>
+      </c>
+      <c r="F358" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6">
+      <c r="A359">
+        <v>559211</v>
+      </c>
+      <c r="B359" t="s">
+        <v>329</v>
+      </c>
+      <c r="C359" t="s">
+        <v>330</v>
+      </c>
+      <c r="D359" s="1">
+        <v>45741</v>
+      </c>
+      <c r="E359" s="1">
+        <v>46105</v>
+      </c>
+      <c r="F359" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6">
+      <c r="A360">
+        <v>571323</v>
+      </c>
+      <c r="B360" t="s">
+        <v>277</v>
+      </c>
+      <c r="C360" t="s">
+        <v>287</v>
+      </c>
+      <c r="D360" s="1">
+        <v>46031</v>
+      </c>
+      <c r="E360" s="1">
+        <v>46395</v>
+      </c>
+      <c r="F360" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6">
+      <c r="A361">
+        <v>552948</v>
+      </c>
+      <c r="B361" t="s">
+        <v>345</v>
+      </c>
+      <c r="C361" t="s">
+        <v>346</v>
+      </c>
+      <c r="D361" s="1">
+        <v>45799</v>
+      </c>
+      <c r="E361" s="1">
+        <v>46150</v>
+      </c>
+      <c r="F361" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6">
+      <c r="A362">
+        <v>565056</v>
+      </c>
+      <c r="B362" t="s">
+        <v>269</v>
+      </c>
+      <c r="C362" t="s">
+        <v>270</v>
+      </c>
+      <c r="D362" s="1">
+        <v>45937</v>
+      </c>
+      <c r="E362" s="1">
+        <v>46119</v>
+      </c>
+      <c r="F362" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6">
+      <c r="A363">
+        <v>549496</v>
+      </c>
+      <c r="B363" t="s">
+        <v>513</v>
+      </c>
+      <c r="C363" t="s">
+        <v>514</v>
+      </c>
+      <c r="D363" s="1">
+        <v>45745</v>
+      </c>
+      <c r="E363" s="1">
+        <v>46109</v>
+      </c>
+      <c r="F363" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6">
+      <c r="A364">
+        <v>573202</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>552</v>
+      </c>
+      <c r="D364" s="1">
+        <v>46083</v>
+      </c>
+      <c r="E364" s="1">
+        <v>46314</v>
+      </c>
+      <c r="F364" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6">
+      <c r="A365">
+        <v>566073</v>
+      </c>
+      <c r="B365" t="s">
+        <v>212</v>
+      </c>
+      <c r="C365" t="s">
+        <v>213</v>
+      </c>
+      <c r="D365" s="1">
+        <v>45946</v>
+      </c>
+      <c r="E365" s="1">
+        <v>46027</v>
+      </c>
+      <c r="F365" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366">
+        <v>566071</v>
+      </c>
+      <c r="B366" t="s">
+        <v>212</v>
+      </c>
+      <c r="C366" t="s">
+        <v>618</v>
+      </c>
+      <c r="D366" s="1">
+        <v>45945</v>
+      </c>
+      <c r="E366" s="1">
+        <v>46027</v>
+      </c>
+      <c r="F366" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6">
+      <c r="A367">
+        <v>566380</v>
+      </c>
+      <c r="B367" t="s">
+        <v>299</v>
+      </c>
+      <c r="C367" t="s">
+        <v>300</v>
+      </c>
+      <c r="D367" s="1">
+        <v>45963</v>
+      </c>
+      <c r="E367" s="1">
+        <v>46327</v>
+      </c>
+      <c r="F367" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6">
+      <c r="A368">
+        <v>545811</v>
+      </c>
+      <c r="B368" t="s">
+        <v>488</v>
+      </c>
+      <c r="C368" t="s">
+        <v>489</v>
+      </c>
+      <c r="D368" s="1">
+        <v>45689</v>
+      </c>
+      <c r="E368" s="1">
+        <v>46053</v>
+      </c>
+      <c r="F368" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6">
+      <c r="A369">
+        <v>575563</v>
+      </c>
+      <c r="B369" t="s">
+        <v>20</v>
+      </c>
+      <c r="C369" t="s">
+        <v>21</v>
+      </c>
+      <c r="D369" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E369" s="1">
+        <v>46295</v>
+      </c>
+      <c r="F369" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370">
+        <v>574072</v>
+      </c>
+      <c r="B370" t="s">
+        <v>70</v>
+      </c>
+      <c r="C370" t="s">
+        <v>71</v>
+      </c>
+      <c r="D370" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E370" s="1">
+        <v>46292</v>
+      </c>
+      <c r="F370" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371">
+        <v>548861</v>
+      </c>
+      <c r="B371" t="s">
+        <v>62</v>
+      </c>
+      <c r="C371" t="s">
+        <v>63</v>
+      </c>
+      <c r="D371" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E371" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F371" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6">
+      <c r="A372">
+        <v>574913</v>
+      </c>
+      <c r="B372" t="s">
+        <v>62</v>
+      </c>
+      <c r="C372" t="s">
+        <v>63</v>
+      </c>
+      <c r="D372" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E372" s="1">
+        <v>46477</v>
+      </c>
+      <c r="F372" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6">
+      <c r="A373">
+        <v>556710</v>
+      </c>
+      <c r="B373" t="s">
+        <v>87</v>
+      </c>
+      <c r="C373" t="s">
+        <v>568</v>
+      </c>
+      <c r="D373" s="1">
+        <v>45828</v>
+      </c>
+      <c r="E373" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F373" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6">
+      <c r="A374">
+        <v>548863</v>
+      </c>
+      <c r="B374" t="s">
+        <v>87</v>
+      </c>
+      <c r="C374" t="s">
+        <v>88</v>
+      </c>
+      <c r="D374" s="1">
+        <v>45748</v>
+      </c>
+      <c r="E374" s="1">
+        <v>46112</v>
+      </c>
+      <c r="F374" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6">
+      <c r="A375">
+        <v>574895</v>
+      </c>
+      <c r="B375" t="s">
+        <v>87</v>
+      </c>
+      <c r="C375" t="s">
+        <v>88</v>
+      </c>
+      <c r="D375" s="1">
+        <v>46113</v>
+      </c>
+      <c r="E375" s="1">
+        <v>46477</v>
+      </c>
+      <c r="F375" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6">
+      <c r="A376">
+        <v>568873</v>
+      </c>
+      <c r="B376" t="s">
+        <v>132</v>
+      </c>
+      <c r="C376" t="s">
+        <v>133</v>
+      </c>
+      <c r="D376" s="1">
+        <v>45986</v>
+      </c>
+      <c r="E376" s="1">
+        <v>46350</v>
+      </c>
+      <c r="F376" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6">
+      <c r="A377">
         <v>570800</v>
       </c>
-      <c r="B296" t="s">
-[...5 lines deleted...]
-      <c r="D296" s="1">
+      <c r="B377" t="s">
+        <v>539</v>
+      </c>
+      <c r="C377" t="s">
+        <v>540</v>
+      </c>
+      <c r="D377" s="1">
         <v>46096</v>
       </c>
-      <c r="E296" s="1">
+      <c r="E377" s="1">
         <v>46326</v>
       </c>
-      <c r="F296" t="s">
-[...7 lines deleted...]
-      <c r="E315" s="1"/>
+      <c r="F377" t="s">
+        <v>3</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F1" xr:uid="{79F2EC25-0B90-415F-8AFF-1E1C18254BAA}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F298">
+  <autoFilter ref="A1:F1" xr:uid="{2B0A46B5-A8B4-4592-A720-31EFB31B7451}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F377">
       <sortCondition ref="B1"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>LDG01225</vt:lpstr>
+      <vt:lpstr>LDG01268</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Laura Donoghue</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>